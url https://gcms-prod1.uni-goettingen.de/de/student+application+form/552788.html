--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="0039386D" w:rsidRPr="00265816" w:rsidRDefault="00AE3964" w:rsidP="00265816">
+    <w:p w14:paraId="0E51B143" w14:textId="77777777" w:rsidR="0039386D" w:rsidRPr="00265816" w:rsidRDefault="00AE3964" w:rsidP="00265816">
       <w:pPr>
         <w:spacing w:before="92"/>
         <w:ind w:left="3882"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039386D">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AA4AD72" wp14:editId="5A9ED24B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08120B16" wp14:editId="37400F7A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>730885</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>179705</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1283335" cy="417830"/>
                 <wp:effectExtent l="0" t="0" r="0" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Gruppieren 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1283335" cy="417830"/>
                           <a:chOff x="1154" y="-1519"/>
@@ -408,53 +408,53 @@
                             <a:noFill/>
                             <a:extLst>
                               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                   <a:solidFill>
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </pic:spPr>
                         </pic:pic>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex">
             <w:pict>
-              <v:group w14:anchorId="023FAF00" id="Gruppieren 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:57.55pt;margin-top:14.15pt;width:101.05pt;height:32.9pt;z-index:-251656192;mso-position-horizontal-relative:page" coordorigin="1154,-1519" coordsize="2021,658" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCQzwl+IgYAAHkhAAAOAAAAZHJzL2Uyb0RvYy54bWzsWm1v2zYQ/j5g/4HQ&#10;xw2uJVnyixCnyOw4KNBtxZr9AFqiLaGSqJFynHTYf9/dUbRsVV3TNgWKzAHiUOLxeO/3kM7Fy/si&#10;Z3dC6UyWc8d74TpMlLFMsnI7d/68XQ2mDtM1LxOey1LMnQehnZeXP/5wsa8i4ctU5olQDJiUOtpX&#10;cyet6yoaDnWcioLrF7ISJUxupCp4DY9qO0wU3wP3Ih/6rjse7qVKKiVjoTW8XZpJ55L4bzYirn/f&#10;bLSoWT53QLaaPhV9rvFzeHnBo63iVZrFjRj8C6QoeFbCpgdWS15ztlPZB6yKLFZSy039IpbFUG42&#10;WSxIB9DGczva3Ci5q0iXbbTfVgczgWk7dvpitvFvd28Uy5K54zus5AW46EbtqioTSpTMR/vsq20E&#10;ZDeqelu9UUZJGL6W8TsN08PuPD5vDTFb73+VCfDku1qSfe43qkAWoDm7Jzc8HNwg7msWw0vPn45G&#10;o9BhMcwF3mQ6avwUp+BMXOZ5YeAwmB14oTczTozT62a97/qeWTwOpzg55JHZl2RtZDOK0cNBx8YU&#10;o9YU4AA2+dZW8Ec+aEvq+CHZnEfWGI0ZmrcHC/QtaS1wvOijykPC6Tam9NfF1NuUV4JCVWOwNIYE&#10;J5mYWikhMIkZ+WNfEZENJ30cS0czSKYh5D4ZRX3G6LPfwRQ8ine6vhGSYpHfvda1KQQJjCjCk0bw&#10;WygamyKHmvDzgLkMd6IPE3PbAxkEnCH7achuXbZnYZcC8uuE0chw65JB7LWMfMsIJN9a2XhqxY3v&#10;y0ZeGDGOJdelLKukxjS5BalsegEHIELdPkILG3dpzZpmCwW1tFtFlcOgiq6NDhWvUTLcAodsP3dC&#10;kqaQd+JW0vu6k/SwQzubl8dUJiMo84HKzMEAWVNGH7ZDKY+8WcpVlufkzrxEIUZuMCU5tMyzBCdR&#10;FK2260Wu2B2HzrCarq5WtlSckEEFLhNilgqeXDfjmme5GZNoyA/irVEeI49K/98zd3Y9vZ4Gg8Af&#10;Xw8Cd7kcXK0WwWC88ibhcrRcLJbePyiaF0RpliSiROlsG/KCx6Vk0xBNAzk0ohMtTpVd4Q/6DIQ/&#10;IhueikHToIv9S9pBATU5iSVTR2uZPEB+Kmn6KuAAGKRSvXfYHnrq3NF/7bgSDstflVBgZl4QYBOm&#10;hyCc+PCgjmfWxzO8jIHV3KkdCG0cLmrTuHeVyrYp7OSRW0t5Bd1lk2EKk3xGquYBatzlRZXFEfw2&#10;loXRB5b9NNCAVfUOdTFgpXgUj4Krd7tqAL0ewjVbZ3lWPxBuAclRqPLuTRZjU8WHtm5C7Ju6CbO4&#10;KaMeZ2nMCkiFLKYmzEq5SCH7xZWuIEnRLu0rpeQeQxfM75HPT7kM8fFEinWeVTZJcNzoC6bvYI4e&#10;kxk8s5TxrhBlbQCaEjmoLkudZpUGf0eiWItk7qhXCXZpAIc1AARwaVmTO/sSyZ9eue7M/2WwCN0F&#10;JNLkenA1CyaDiXs9CSC9vYW3sIm00wKswvNllX19JpnyYIvQB9nAI7SQKSfxH2B7qhS6VqKOoUrx&#10;aAP53LzHZLMTZPXW0OiDxzU6bzzu4h4sN4iaQhe6LSImfxI0yW3BVqVMs2M4AMuDoGRq2/hANEuC&#10;Qh9V0D5nPMOqZh0ANQOH8EvVo8Gx/4EUwRsWNCNS9ChSuoAYTwVPBZgBHwKQMFAR2hrF2yECGv+b&#10;ty1U7Fny/UHFibXkASp6VK+eHCv2WKPPgJATNn2O0YVNmSM81oLADlaEnRj5i7zUkn02Vgz9cS+j&#10;M1aMKkKU5jBoy/QZK+LVSe+VwBkrPjusCBdsp1jRo7sC7GMIKJ8NWIS2dwaLcHRFxz4KLHrTmTnT&#10;D7zRpLmOsJ0OrtjQnoAj4HrtjBYP9wKPOgNbD3w2WpzZVKWLXeaN0PLfFC3O2otFl9rjpy8We5Z8&#10;f2gRgHZT9Vq4SKeeJ4eLPeawSQSndDpvdfLnS+Ei7MR83O5r4eIMrxZ7GJ3hYgMXwXFHV51nuHiG&#10;i/+fq0U4VXfxIlWcZ4cXodqd8eJn4cX2S1U/7OLFSQgXNNjtRrPz7WL7PdKT4EX6Vhq+3wc8efIP&#10;BMfPdB/Z/sfE5b8AAAD//wMAUEsDBAoAAAAAAAAAIQDwyDnHoREAAKERAAAUAAAAZHJzL21lZGlh&#10;L2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1JSERSAAAATQAAACoIBgAAAPb41lIAAAABc1JHQgCuzhzp&#10;AAAABGdBTUEAALGPC/xhBQAAAAlwSFlzAAAh1QAAIdUBBJy0nQAAETZJREFUaEPtWmdsHOd2VX4E&#10;DwgQIDESKEiQIEiANAQI8oBA//LDwAugAEGiRrEtl70sqyjJsqzyZDWrP1myqk0VLzuXVVShLFG2&#10;Kq0uUcUsIsUtU3ZmdrbNFgrhzbkfx3CMl7w8I5ThxLrAh92dmZ3VHJ9z7rkfPe/HWIlXKfp6pafT&#10;F+3Db+o/l898+fYT792cKyPnmwae9VHj7WPUfPs4dT9y08WRPro2cflIOp3IsS9/U7GY9vZj/32t&#10;676bdlxYR2t6y6iqw0Hv9JbQu1jr+l3UdO8QRZMRsr/y4ywi+s0n3idvKRFp5svJa3Twyk7afHYN&#10;1XWXkLM1i0qwSj05VN3jpJU9BbS+v44eSHdIiUptT7w33wqHw28RBX7Lvt2Po6b0qZ/d992iw9e2&#10;0Xv9tbSit5BWAKBarOK2HKrvzqei1kwqasugVb1OWsXAnVlJTXeP0R3fTZLCPoqmIpeiRL9n3/J/&#10;V9GENBSKvxjiV16pdHzIPvWDqMR0+uwD39Dzjz7fStvO1wOwIqpgVvXOrhVdTqruyqOC1uWU17Jc&#10;AFnpyQVwxZCsi3Zd3gLPO0ifweumzInHZtJotG/96xeo/qeRuOQMxUYoGHlEUugGScEWkoyrpAT7&#10;KWjeJtN6QdGETPGERjMz1h/aX/3e63Hgzq5j1/fQ9ourqLbTSTU9+eK1qI0ByqQyyLLQBquofTnY&#10;56CC9gwq7cikGgBa0ZGL91lU3p5D7/SX05Zza+nCsxZ6aYyvtn/if65YUvlZ1PLH9OgwKeZN8uuX&#10;sHpJVY6SGjxNgdDnALCb1NAgBcNfkh59ShHL9wJrE8D+Dfs230tNGmObWh+cvPFe/wqq9eRTZadD&#10;gFbRmUWuzmyAlQVJYrUDOIDo6soSzMtrXkr5AHIFZOryOKjakye+V9ObT2v6Kmj34Hq6PHbmomFp&#10;m+yf+u8rmY6PhmJjIcm4SJLeT4FgMxnyL8ivebA6SVP24vUM+Y3PAOJB0gMncN1lMPEyGPmYQtbE&#10;aNQK7LZv91rLTBh9Z5+gO372DtXBnyrAlCqwyMns6poFjM0/BwDltCylqrZsKu5YRsWeZVTmyaRy&#10;XCdYiVXekQNQHQLAUlxX1ZFHx6/vpKfqw1/dXWMx42/N+CSp4btg1nmStS4A8zEZ0j6A10E+gKgq&#10;h0lST1BAbaQgwAzKBymAawNaNwWMAdLNa2RC0mFLrk6n439v33rOS42rf3D75dXRPZc2gBml8KZC&#10;cgG06k72LUitJ1esIrAp/9Nl5GxeBgCX4VyGkGlNVw7VAKBiNIYKeFtld7aQbjWO1bTnUjWaxuYL&#10;q6n7YSulZlJ/af/styuZTL5txl9qfmMQntUOIM6RopwASIfIB0AU5RT5AJxfv0CatJfMwBaStA6c&#10;P4Jzh3D8LBgIyfJn7SwZ8EErZSj27ee0ns9ovz0sP7524IsPwBLkL0isutdB9Sy1zhyq680DyzIp&#10;D4AxSGUdy6kUn/Obl1B+R4bonixTZlhpZyYVQ7rcGHLBxhJPNliL+wG8OjSPtX21pFnaL08PUlT6&#10;fSM6YknCv86QLh2ikLSHwgGWZT/5Q1fJG+yikH83gPOQoh4jSdkPMHvwuY0ivvdJBiNlyDegnsI9&#10;zoF5PaSpnf+efpV83/6ZOavex83z2+59Iky7vruAKsGwGjCjCt3RBVmy5Fw9OVSJVdPtFF20GOxz&#10;ti2jcoBSDtDyBesyRezgRsDSLoFcy3FddW+uiCc18Ll1fYV023fjl0ELJ7xZijkE2X0KgC5Dio2Q&#10;5B6A8wmA6SWfAc/CsaC8h1T5CPnUFvIDOAXvA8pxMuH/Yf8WkgGoD1L1we/4XjoaRzSpzLm/7b+0&#10;dv7ewY1U21VAtUj5NeiUeWAUs6wG8ixnPwNA1V0OgJMhOmV+21LKbloKcLIB0vJZn2vKgCwdiB5Z&#10;8DrIFMeLuYt2ZIuGwmxbAeAGR0GYRCTP/vl581LTiTVaZBhgXSFd/gjgNOPh3ZBeN5jTA7kdp1Bg&#10;Hz53gUVNFJR2kCzD/MGoiG8zpLpfsEtSPiRVOgqGeUiG38kquizkHJWb5hy0p8ozz+q+SnRLJ9WD&#10;KXVgWDGkWAhwSmDwhWAMx4kKvBexA7J0tGRQzqdL0ADQSQGOA6A5m+B1rZAkvKwE13NXdXXn0gqw&#10;t5ybAec4vD9y7QPObjfsnxehdUAKDYlu6MfDhwMfoEOeJC86JAOnyzsp7l0HGbYL32K2BSUwDADy&#10;cV5+FecAtqaeFAAGlWMAGw3CuEKR8BChIfyd/XNzUkOTN2g9YsFqmH8Fkn4ZmFEFGZa2AaSWLMpz&#10;LwYQs8Ze2ZONbroU5r8U7EM2g1Q5uxVDnoVYmc2LKatxKeWChXn4XA2GCWly/LDXnsvrGbRvumjQ&#10;fDigwI84UrBHKZCUxIbPklQaILvtAASggDkMjKR+jCawE9LchfOfCD/TpK3C63TpAFi5hTR5N9ja&#10;jtVKSvjRnDOt+1ETrTlTJgy/DIwo5+QPSVaBLUX4zEbOknSAUQxMEd6zfznx3gFmlXaiOYCFBZBs&#10;EY4x27jjOtAkKpDtatFUuDG4cN9SHN94voZuTF6eBS35Kvm2at7XTGk3GLVfdD8fQqsus9HDkwJ7&#10;8XpUNIIAPMzAZz88TpfAIjSCgNqMa7ZTzLsBkgW75I8F8xhMGawzZYBovZhz0DoffgKWFSDZw/Dh&#10;W6UsL7CsrhtmDuDKsbhrZp5ego64BKzKEI0gtzlDdEiXh4MtwITvMYDFDHDjEsgbsYSB9iwHg7Ow&#10;csV/lLV9ZdRyp2EWNMOaLDeDiBLwqyCyl4S0LxnnEGZ3URRAfB032O98aiuZ/m1Cfl5ECr/qBvM8&#10;+HxSdFoGSwPTAsxI0UVPk6kcRfdMz2n3tKYTAwc+34IHn32gFZBSMXzLATDYtzh3MWAsv+xTSymr&#10;YRYglqYArWkxwAHD8JmZVwkfK8f3ywHUSgTjOjAt7zQYh9zmQpPhWMJbSceu75gFDQM4RcEan4gI&#10;3ZDdXnjWh1jHhHcx8/zwLhn+xHKTZI4iO9AdL4gIEkHX1MBSbgZ6AA0CGc2PgOtHCFbUDoxXz+c8&#10;p0mmMrCxfzWMHoEU/lMKRtR05Qr5sTc5EFwXnYLxw/xLAUque5EAk8/zsTJPBrrr8lkPw+cssM2F&#10;kYs7JjcAwVpcm49ViymhFt1z41kXeR6connpdHKIB3EFEmNgOLjyuBR9uZW0AKSn98C/mgSLor6N&#10;kOMJ8itN8LzjkGEDPG0fxXDcBIiS2gAmnoBs8T0M9Tq8LxwdITM+9lP7WeesxuSnAyt7XCIOVCLV&#10;czYrQdRwAgQGxdG0RDDNCVkW4n0FgOO4wUwr68R0AJYtPr2YCsA6ZiDLlRtAfTcmCQDG0wH7mJO/&#10;25kr9t32fb6NJowxmhdJBDAvDoFlZ8GUXWBJAx7+hMhbKtgWQDdlzwrB9IMw9hACL+cvr9YHVu3C&#10;8a0A8Jh41aUPRKANIrKEMC1ouE6PT/2T/ZxzVvF03DHse0Q8nNcjm73Lho/uWdSeKR7ewV2wEVJE&#10;tFjyKTNstkOWYd4sAWgVWLw19C8NizBWweswWuXiNRtexvtshWCkC/eqRijmyFKNjrwSHfrW5IAV&#10;TVmL5hmxrzAu9QGskxT3bYBfoRuCbbJ6FCAgryFrhSE5DQDODuqQLFgWQFfVA7vBsk0CNB1zKTOO&#10;QVfQLUPmdQrHvY+SyfCf2886Z4V503Fz4qoAbVVvAViWQwWIDwxONhs+HpozVyFY5IDsHAAsu2kR&#10;GJaJSILuiPPsY/ludExcn924mJyIJ9kMNM+oOF6BHMc+Vgvm1XoKafvFtaRGpNmJQOMdCTywDhZJ&#10;ihsMex9M2Quvascruh5kyZL0cvwIfQEJN4vzgSCmBkwKIekXYOIJcW3cu57CU/vIAGCRiP8vZmZm&#10;5osfmeOa0F46zjzqmGUaZCN2MdA1C8EWZloFb/tAtsLk2+Bp8Co+XgAmOcGkRacWURGurWrNphyA&#10;lommUAXDLwXIhfBGlno5AK4Bg+t6i6jxbgON6+NkWdYfiX8Ag6b7j4NNu0TGUjhz+bcCjO0AApED&#10;ACmYK1UAZ0K+AZ4SwLQoGOYHo7jjRryQJk8L6JRhy0uRuPTNqPEayqf5HNdGBzEBlAvfyW+eNe1y&#10;sIulxEM6P3QejrO/VYBtVTiXhQCbi/TP3dOJSaAInpcBli0/uVR0Xm4mpRipatvhk5hBt55bSx33&#10;TtK4+vzbm5BGbAQP24oZE4M3DN8fbBJjEYOioaNymJUReBW8RsFCDrV+W7IqJC0BzOjUVsh6L6lI&#10;/jErWJOi1F/Zt38txfK8/fIWuly56JxFAKcUHlQJRnHny3PPZi4Ggs2dG4ULTORtIWcT5MesY3kC&#10;uAIcK2sG8JA3M6yyPVfspdV3F9OFZz00HhwJmHHz240sZE2IscgP+TFYDA7vkXHCN8A+3hriCcAI&#10;fAim7QS4AJLzGoDUA9sQT3YI09dDg4gWI39t3/a1ViKdcCgxibacfVfsQPC+v4gHiBn1yFhs7Mw0&#10;zlucxxadnJVfPqTIMnZBtjzAOwA275+VAXDuqjwNMHDbz71HF4fP0ERw4h9Nc/J37J/9phg0FVlL&#10;Vlsgy80w9EMiegQxUvF73ljU4Ff82c8xQj4sBnBfsBPyPYTPH5Gq9VPcGPkqHA7/rn3b116qpW1t&#10;/fIEretzIU5gzoSs8gCWCzOmC7mqrB25DWZeAtPnRsBdsQzjEQNaBi9zctRAPOGt8Aqxo8E+6KT1&#10;/fV0Ybgr9Vx5di6cTP6Z/XPfrkjCB1AaxMMzy7hjsvx4K4hB0eQjpCvoojxa6RcgyaOicQR5NsV1&#10;Gkw/ZqneaFT/G/uW31uNa+O0oX8lgiqzazkVw6/EWCRyFoORi4SfK7a685C3itEIisG0JRirWLrV&#10;AIwzWW1PHv0cYJ24cYAe+O6QmTKX2D/xX1c8oQOc0wCCNxN5jGoA47YJuQaVwyJGBOBzfuMSZHsK&#10;jHSLYBtCqOXYEbGkX713/hrr41v75380uBMDulNsKFYi3LKH5SCnlWJe5CZRhfy2oiufKhhInGcZ&#10;lwCwWpznxde811tL/cMddN93l+CXv16uDCe8GKq74G1nxP5/xL8dzEPQRXcMAEgZxzX5IHxup8hg&#10;Cmc0/WIyYvkbE4nQn9i3+d5LiSnzJ7RJOn3rOL3TW4FMlU8lkGkhwKjivxG0IEZgLKpB1qrD/Fgt&#10;/uZZSpsvrqJ9V7aKkeix/wFJpnQz9Sr13f6+GbdCe/TIczAHOUxrFzuxBpjEW9iB0A0xjwbl42T4&#10;EWx5EkAgjiaCr2Xf/7vU6MzoTxLTiU8e+u7RkS9208/Pr4KRM+tyRGTgBlHbNfs3gw3na2nbZ6vo&#10;wJUtdGXsLHE49ppTiEeRf7Zm7Pz1XSs9nfBELJ+pGYMkgVmq6oHBnyMt/ABd8dk0vM+IJzQjnU4c&#10;sb/ygyo1Zhj3vHeSrbcb6PDVnbR74H3aNbBJrIbrB2jgWS89k4aTVjph2F+Zm1JiL+aHLR8CKv4L&#10;WH6wSaKoFWiIWVqlfckPukJW9F+lsGp9JY3Ri+AYDXuHaTgwTFNmgKJJy4IE/82+dO6K/2+biCUv&#10;AOOwdLH4mH36/0SZ8fhPfbK+QI7IC3yyb8GE7lugW5EF6XR6znda3tSbelNv6k29qTf1g6rR0dGf&#10;RFLxhbyCkchCyYgsHA8aCyclQ7z68Pr14muMOK7lhffxVGoh8tXC6enpf7Bv9/+jZmZm/jg5nXSn&#10;Xk2746mk20zG3eNB0z0SMNxPxnX3k7Gg5/m4Trxu3ffT0F0vXb3tpcvXJujSdawvxmnw+iRdv+2j&#10;h08VevBUxlLo0XOVRl7oNDph0JQclqZMQ9yX15QadvuDYbcaDruD8agb4VX89uxKrLH/aa+h5s37&#10;D19ggP+QiQtzAAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQCrPr2frhMAAK4TAAAUAAAAZHJzL21l&#10;ZGlhL2ltYWdlMi5wbmeJUE5HDQoaCgAAAA1JSERSAAAAxAAAABsIBgAAACPOIJEAAAABc1JHQgCu&#10;zhzpAAAABGdBTUEAALGPC/xhBQAAAAlwSFlzAAAh1QAAIdUBBJy0nQAAE0NJREFUeF7tW2lMHGl6&#10;nkSRklHya/9ESjK7P1aWNlKk/ZVkR9pkd2fGHoO5oZujOZqj6ebGYHxiwMYX43PGB4bmvtuAMfgE&#10;22AwNGDwweUDY2wDBow53V0N2CM/eb7qZsajZJPszuzMrNWv9KmK6qrv+6rqed7neauK9/7YePNm&#10;/ifLrxbx6pX0r7ZN9rDHuxvLy6Z/sZgmIN2qh9R5FlJHLaSu87B0n4fUmIfF09th0cdCqtoDS28z&#10;LPc6t9kOtYc93r1YfDnVYek6BSk/CZJ+/dctbwOkzAhIh4Ng3q+CdFQDS9VuWBoLh0y97X9vO9we&#10;9ng3YsH0OMHSfJzZPwrm9HUwpX3C9jFMqath2uHKbU5fNdNOF+t6hg+kgwGQmsux+ORus60re9jj&#10;zzsmJib+VupvuCDlREPKUFjJkEoykBDmtDVfk2GHI5sDzDs/5d/rYN7jweYFc9E2SO21dkLY490I&#10;qf3MkJQbB/MuZ5LgI7bf2dSBxNj+Wy7XWEkiCLKT6iG2c5usFmkkyC4XSIY9FsvMjNLWpT3s8aON&#10;paWlf5aWLQ9Gn88/eDg1m2fbbA3T5MAlS+VmKoOS1oj2KJWEECRIEUQg8FMECdayUR12OliJksb9&#10;0qgSJIesHHsUrDMSIA0P7AXwl7au7WGPH1U8ffriH653jP7qasvDgBu3R3Ch/iGaW4exMGdKk3eQ&#10;pOl/k2r3jph3u8uAt6oCCZH8a5i2/QeJ8RsuBTlWFIPLlP/kdvG3UA1RX/C4VKrEARUWe5qAx4//&#10;Ru7cHvb4kcSrV6/ieh9On2gxPmkvKLiBXTsbkBRTjYSISmQdvornw5OQd1wwjfubq/cS5Db7s6IQ&#10;ySTDNpJB2CehErIqiLqB+4jt24WKvGWbxJL1hOVyPgnRZCeEPX40YVm2+D+fffnl5ebHyM25gS2x&#10;NYjXGBAdUoqEsDKcPNKEqfFZKyEW2/SQDnmTEAS4XDvYyLCdKiCK6mSCP1U0QQBuF4qwheoh1xX8&#10;nQpi3mEjCu2TdPY40GQnhD1+2FheXlZMzZpabw9MIC+/G6lbzyEitARRIWXQqosQHVyGjWEF2BdT&#10;jP5bj+tth9Ey5cZSFdYS+DYCCEKkCAWw/S3qCGGRUkgEYZMIftk2CcUQf6d8Yq0tBCF2USEa8uwK&#10;YY8fPBYsElo7n+LIkTYkxVYjMrQMusBCRAeVIobqkKApx+FtNWg73Q7aqX+3HmQeeWPeT3VIJuiF&#10;KqQKEojML0jAlibAziI6xWafhIoIpSAJZNKw2Jb3IRnM6c4wn4jEy4Z8jdy5PezxPcXIyMj78/Pz&#10;PxmdmPvo8ZMZnDndi30ZDdgYX00lKIdGXYYIEiDSvxgRISVIJEEO7qj/sqPrWbStC2ssPm1+Y97t&#10;wqzP4lgQQhTOsg0Sy9+RDFQDAXpRXIvCWhTYQkFWfpdrinVWhdivgrn26Jg0OvgrW/f2sMefNEzL&#10;FsX43Nz6O30T52/1jKG4oAsH9l5FQiSJQGsUFViCCHUJiVCEWNYL2+JrcCi1DlfO9uKSoWODrZuv&#10;QyaEsDqCEEIV5BqCBFipG8S7CAF+US+IbVyahb0S9omFtnhBt1JoW7KjIfW12F/M2eN7i0ePpq91&#10;94yjqPAm9mc0I0bLGkFYI3UFwqkGkf75JEY5ommRkrSlKCrqxo1r9/B8fM7L1sU34ytCpFIJ5Bdx&#10;IvvTNglSCMskrJR4miQTZqV2EBZpnVxLWMnkCOnzEEjXT901zbz85gsOe9jjOwhJkv7xuXn2l33D&#10;z385Mj7b0H1vHFevDeFEphHbN9YhKaYGcZpKRAVXIMy/EOG0SOHKAsSQEBtjqnH0QCOqC9uGpqdf&#10;3llaWoq3dfvfw2qZ3ORsL4NfEEKAXtQJQjFWCGF75CoX3+JttSis09bKhJCOBMPUUIjZgZs/s3Vr&#10;D3t8Z/FyUTo4Or1wu3fwOa5cf4wjXzQjefMFrI85jSh1KYtlA7QkQFgAlSGkAlpVARWimEWzAbs2&#10;nEFdsRHPJ+ZuPOp/9lNbl78/rArhTICL9wkC9G81+dOMt/7ewVpDtlQfWeuGPW6QDgXB3JAL053m&#10;3fa30/b4rmLWYvmZackyff/x9PQ14wjKq+/gwGfN2LHtPGK1FYgRwPcrgca7kHboFMJ8ixHKWiGO&#10;JIhSF2KTpgj7ks+h6UI/zJL0JbH5d7au//eQCSE+zpMfm4qvW4U6sMnFNcEvagWhCOLpUjKLaPmj&#10;PpJBfN1atBmLg7esLzPsYY9vGQtm87rBpzPHbvZPIlvfid1pDUhkcRwbVY24cGGHyhDil4MQdTl0&#10;foXQ0hpFcj2ChNBSEaLDyvD5vgZUFxjxoHcEpsVF66cYf0iYZx+9sX6/JGyQTRFk8P9aJoAghPX7&#10;JTbxlWuGJ6RMLSzGWpPpYrbSMjVm/5DPHn9w0Mf/YmFRMvQ/mjbUNz0yFJX2GGpq+pCV2YZ96fXY&#10;EHsGEWGnCPIK2p9yaAJLEUIrFEqLFBxUiijRNOVI1BmwObocefsvoc7QBUPudWXntfvKeZPpj8Pl&#10;0rJFkg6pSYaVb5hIihWLtGKNWCeY93lB+kIDy5kDsPS1/Nmowps3b95faeJZtXGlGa3NYHi7Gd8/&#10;ePB/aOsN1sb19W+tv93EsYaVJfv6qn/b8hvNNgcxn7fbyjwp739lm/47FTyvv1h+vbzbtCjh2ew8&#10;2rrGcCKrExnpV5CUcBYb4mqQEFaKOGb+4KBiuSaIZpEc4p+DMCpCgFc+ooPK5BdsidoqbIqrRO7h&#10;y6jLacTTwfHXL1+8/IVtqG8XltrDkE5oZdCbdom3zSSH+LJ1jztMxzQw52+CdDEb5ktZWaa+9kzz&#10;gjnTdugPFq9fv/6ExZZucnJeNzQ5o7tjHNR1tg7qmpsGdQ1Nj3Vn6gZ0ZYY7uts9o7jV+ww3Oodx&#10;sf4ezpy9izNnelBe0oXi3E6czOzA0S9acfjwdRzIaMSuXZexe+cVpG09h530q8lJ55itqrEh0oCt&#10;G89ic1wVNkRXIS3tAtJSLiI1uQ67djRgf8ZV7Ntdj8MHGnH8hBE5We3Iy+/CSX0XcnLaUay/jrKy&#10;26iq7JHHl+dRN4Czp3tw5co9tLQ8QPedUfT0PUNHx3D5mdO98rmI1tk1prs3MKl7Mf9SJ8751atX&#10;P/r/Y19cXPy5xLk+HZ/X3eTcz18Z0tVduJ/S2vEIFad6UFjYjc8ymrAlzoB43SnWBZWIpOXRBhRR&#10;EUoQFFiC4NAKRISeQqh/MTT+JVwvRyyt09a4ahQcu0Y1aL3bfrU/s797OHP2xUtX29DfPhYnHqdZ&#10;btbDLLJ/WRIsObFcPwhLi0H8Bxws10o/tIw9/lAw3HbI9x5Ly0vGqTmTceDRC2N3/4SxqfXJ9MXL&#10;D1BZ3Yfiom4c2XmJoGzE/n2NSCdA07acR8qGGmxk1tmQUCd/zKWlzAb5FUDrUyQ/iQgOKGVxZrA+&#10;mfDLh7d7FvwVedDwhqh9c3hzirnMg5frSagU+dBoKhDO7CSyl9onD4GeOQjyLYKGxwf6FCJEkStn&#10;Mm/PbPh56qENY9+UfV8vPUKVuYgKKZWfiUeqiyj3pxDFbCi+qQnnOInacmxcX4vNJN32zXVISzqD&#10;3TvqkbHnKr442IS8zFZUVvai2fgU19qejBq7nhnv3Z8y9g+9MI5MzBufPp83vjCZjaYlqcV2yb63&#10;ePXlK615STKOcA59nFN797ixoWn4Qe35eyg19OD40VZ8tq8J2xOpALpKxLLwXU8CRPDaR4XT/4eU&#10;yO8MgrwLEBlczlqhHGFB5QinGoj1yNAiJEaUYk/KBeQeuoqOpgfo7Xz4YV/f85/bpvDdh+Vua650&#10;49yg1FIxKBlrBqWb9YOLE2ODpsnJ7/X/pBeWllaNLiysutY+uqrh2tCqJ2MzR55NzqL33gSB8BSG&#10;6gHo82/i2PFObEo8y4LrNFsN4ghUcXEjw3ihhcyqSliAlRCMedAGlhGopfD1yIOHY7YMeh+PTP6W&#10;i1CCNoC/ubuchIvXSfgq8xHsWwxfksaD2cphXRYUPM6Xcq3yJAkI+ED2q3DJhML5GPzpb9X+pSRN&#10;NlTOJxCgzIPDmkx4uWcjNLAcIWxeJJrCNQvetAJhQZwTieTHvnxImiDffAQq9PD3LYCG844gabWq&#10;QoQHFiFSQ/sQXY0Egichqgrbt15AOtXr0FEjcgtvobJmALXn7+Py1WFcaXqE1s4RtN8aw6NnU3Ib&#10;n5rD8+kFzMyZcLZhSL6e7byuA0NTqwZGp1YNTS181UbfWh+a4u/cp/3W6DeauCfX2IfoZ2R8bveL&#10;mZcY5b3pGZxAx+0xXG4aRu25+8gruoVDh64jPfUyNtMKxUWfRgzvk3g/EMrrGhlewcRQIb8ziGTG&#10;1wWUIMw7l0mFyYrbdGyxOrFPMTZHVmDvlrP4Iv0CLlYYhzob+wdNJmnQBpd3NxZfL6ePzi2k3xt6&#10;gbabIzBU9dNqdGIfZXVrUg2S4gn6iNMETTmzKrMxl/4EqdJDT0BTXtVl8GGW9mHm9mRTEPQCqP68&#10;AUrXXHndxV2PtS7ZCOJ6gG8JHASolYXw5L5KLn1JBB9lATw8suHjXQQnEuYTx0wEUq6DmbFcCXpP&#10;ZY5MFndXPRReOQhgX0reaBXnovAqgDeVwNmF+yiL4O2RC1+O7cl5CYVRumUhiERVqYrh+OkJEo3k&#10;5JguLlkcl33xN2/OQ8Vxg/2K5XNTc2wdrUMYVUalyJEVJ4pgCqGixWlPyeSPIsmiCZzE9TVIpCJu&#10;23QOm6iOqSnnsXdvEw4cbqE1bEUeLWJZWQ/O1w+ioekhmrtG0HyDitP5BNc7nqCxbVjeRsDj/KV7&#10;OF13H9UkXUV5D8rYSkpuo6SgE3r9DXxx3IhduxtpHRuwicomxo2JqJIfiYYH5LEgNpDQpxDonY9Q&#10;kjycFkjJa6Tm9RXKGcFiWbRoLfcLpnKGG+SnSfFykVyJz/ddRnFWC5qv3MWToQlMj8+cZX311za4&#10;vHtBaW+lzI909IyP5Oo7Rj4/0IR0SmJCfC0i6Sl1zM4hXtlQBzCrqktpQ/Tw48X19ymGw+rjcGEL&#10;4LqaYHRxyoEPrYszAefEbKwimFwJRIUPQehZwCyvh6OzHt4EuTd/W7M6E6vXnYS3VyHWuebAnSBW&#10;U0X8CUZ3tzz2kwtHLh0cmNm5zdUlFy7cpuDNdHE5gdVuJ+HFY31IDNGXI0kmwK8maZwIXB8CXoz1&#10;seMJrKXCCKIpvYtlUrlwXwce7+acyTkXwp+AF2RSenIMBS0b5y/206or4MXxHLi/kirixXN3dtHL&#10;fXmK/R2Ow909Fypm1QBFAQI5pg8thzeJog0sRRibwv2kfM1C1PTg3oW0irQkoQZE04vrQsoQG1GN&#10;pJhKxMeQTLGnEUcwxjNjx0dSdam4YbSU0brTzOJVCAqjhaHdiSQh1bzWgf5FCOYYMjlJ5EDO1Ycq&#10;F8BxRPErkobI9ELpQpkMQmkzhR2KpIpHhBUjQlOMeKpecnwVUtdXypawynAbvcb7GBufQV7ejQ+a&#10;L/V98HBs5gOLxfLB//s9wp9LTEvSP70wmT4auP/Cf2xSPGEYRe2F+8hm0blpA62PyHbMHOH0lQHM&#10;qP4i29N2qGhBwuglVbzQjo5WgLo7HYOzQyatTwGCAsrkTOtFW+PukQ8XEkGAxos3YQ0VwIuZ2kNR&#10;iN8oaVkIUiWbIIi7u8jiVkJ4MqOHMNOLLO5NEiqYmR2Ytb08uA/7d2PfbuzLjzfag6BcTXIJBRFk&#10;+/hjgp7g9mNfav8yeBKkSiqFIKQzFcmJc1MyO7qTQCoS2It9f0prpSKI/KlSru60TgSPgsB1XJcj&#10;jyW2B7MvoVof0ZY5sTbxEefPOXtyjk4kiS/7cnLm9SHIBZGVnjx3WrG1TlQb9hmkKoWa8xCqKRRO&#10;RcAqWQsFE8AC0CrvHPkpjpr2LEJFG8NrH8z6Sk0A61jIhpFgGtrD8BCu0/YFeOchmIAO4b0I4Hih&#10;TCwanpe4Txr6/2CqtJqEEOQI4z0UtlMbTHXjeOGBHCO0RH4YkZxwBsmJlUjbWIkDO89Bf6AeZfo2&#10;tF3s6+3rfHh1dHDy939W8S4ElSBuZGKuoLntaUdD40NkHmlBRnoDtrDQVQfky2AIYhM334kAt2bq&#10;PIIvF1peaE9mXneCS9zY3647ykbbwpvvyZutIOB8CEolgbKa2dyJ25UKqgCzsTPB7OB4EmucTjLD&#10;lmAt/3Zi1ndyJlCdmP0d9TJoRWYVmV/YIzcSTiaUshge7NePfbmxz9W0TS6ux+FPkHmL/UmGtc4E&#10;r1M2lYbqQLCKjOhGRfChKq0lYdycMmm9WB8QTA5ueqxxIzn5mzftnDNJGMi+PGiBnGm9xN/ubF6u&#10;eVCRmAL0HsKesU8HEuRjzsuJtZA473UEtbsbFZFzEKolVMSTc3Xl+blyKY51E+PTBgpr6Mn9FVRO&#10;P+7vScK4sXbxI5nkvphwfKhM4h6oqUgqEsVH1FDC1gnLyWsuAK5mnRTA432YLIKF3+c5abgtJIDX&#10;iOOLayg+plOTJFGaCsRpyuUnR6mxBmSkXkRmZhsMJZ1oqLuD7hvDqMq9nmjQNwc1XugJ6jEOBQ0/&#10;GA+afTb7f39W8SeP9977L2CfWJcYXGfiAAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQDHESll6TQA&#10;AOk0AAAUAAAAZHJzL21lZGlhL2ltYWdlMy5wbmeJUE5HDQoaCgAAAA1JSERSAAABDAAAADwIBgAA&#10;AJOBhIoAAAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAAlwSFlzAAAh1QAAIdUBBJy0nQAA&#10;NH5JREFUeF7tfVdwXVeWnWx/eKZcdtldM+NUdpWrq+wPT9kz1UGJCXjAw8s5IjzkRIA5k5KonEUK&#10;OedMEAxgEMUcQFIQxQxGMIMEA0ASJDLVw+W1D950+cOemp7p6Ralu6te4eHdfO/Za691zj77vvRP&#10;aePPxrMnv5/E8MTYbz+Do09x99ET9N0fwpUHj3GTf3vvP8aFWw/V/1f5kWUDI0/xZHwU/Vz3b7cd&#10;fzaB8K4100yzF9We4umfjYyNJTwaGRkbeDKCvntDOH7xHrrP9KPr2G1s23IO27adx+atF7G+8xxa&#10;Gr9DY+23qKs9hqoq/m04icIv96OkpAsNNd+iofE4mppPYmPnBXRsOoeO1m+xedNp7Dt0Hd0nbuPa&#10;7UH0DzzB4JNR8HjN9+8/Sfj+++8jw6ejmWaa/dDs7vDwX9x+8GTntyfv7ty89UL31o2nUVu6H4WF&#10;h7Fm7UG8t2orVi3fhLfe+hqrV23HG0s68eaijViW24olc9ZhxZItWJzRhEXzNmHZnI3ITKhBVkId&#10;li3qxKL5G7AoZx3eWLgZK+dtxIKcRqxcvBGrV2zFm8s24+P3dqLgs90oXLOLoPMt2hqOY3Pzt4Pr&#10;15/eeXBf786uw9d39vTc3Tkw8HTn48GR5PApa6aZZn8oA/Bvx8bG/svA0DAOdd/Ctp1X8NmHu/H2&#10;8k4syGjBwtkdWJS1HrPTWpCbtg45yS1IDVQRBBqQnd6O7NR2JLsrkRFfj6xQM3KTW5EUakFWUisy&#10;ExuQEqhBBj8pnlpkpLQhN4PrB6uR7CpDNr/nprUjM74BIXsxZic3IeQoQTb/n5uxHgv5mRtfh/mp&#10;jViVux7vvvkV1n7ZhYqSw9jUegw7915Fz5VB9D0cwtjkBMaeTXzN6/mT8KVppplm/1gbHh7+9xPP&#10;JpZduf942eHuvmXd390+tWf/ZazfdAZrPt2Ld1fvwKLsdiya04GcpDqkhZowj6CRTqdPcJcjJ3sD&#10;WUMDEn01yCZAJAbrEXJVIDnUwHUbFHCkJxJUYhsRby1DWhx/S2qB31ONJH8DZme2IylYi1Run5G6&#10;DhncR7K/jvuuVNvHesqRmdyswCctth4ZcbVIj61Gqr8S82evx6K5GzEnoxmrF3bg4w/3oKK8G42N&#10;J/DV1xdx4NAF7N17pWHn/mvLjp+8s+xa38NlT8dGlo09G5sWvnzNNNPsd7GnoxNXenoHsevgdRTl&#10;HcSH7+/FkkVbsWB2K+aGyBIS6zE7oRFzk5rJCJrJECqRm9KCHFkWX01nDrMEby3S/FVIJBBkiYOT&#10;bSTFNsBjL0FOSiudvBZJjipkct3Z/Hj81Qi4ySzIOpK5Xhr/hmKbEOutQlywDqmpLQSPJqQktpKd&#10;TLEYh7cMWWQgWaltiqUkBwV8WmG1VRBMapFLYJvDZXNTGrAkq5UyaB3eX70NeWu60Fx3jCzkO5w6&#10;ew8Xzt5+cKP/cc/IxGhD+DZopplm/z8bGhnR3xoYQseWi3hn+RYsyWzFgrmbsCBnHdLJAOYQELLS&#10;6KipdLx5GzCfETwjWMbl6zEvsxELQ+VYtWwLli3pxNJ5LVg6vx0rKFmWzmvD0tx2vLNyK1Yu2owl&#10;2S1YlNuCJXPaMT+XDjy/E3MpJTJS6jAns40yhswivgo56ZQ4BBgBl1hfNVKETVDKpFHKzE5rg8dZ&#10;jngyjngf2QUBIpUglZXUBoe5BHZTMRIz2pDM/+Od1ZREZCnxjXBZS7hOI3J4HdlkOOmJzcgMNWJe&#10;WhOWEhBXLt2GNe9sRVPlEezaeRE9Z/rRf+8xhkZHfyGSLHyrNNPsp22jz8azT527i6bG4/jkvd1Y&#10;RgfPCtVgYVYbFuV0IJdOtji1CgvTG/De6u0ozD+E/PcZpd/sQGNNN5oavkFLyU5sbjuB7V9dwPZN&#10;J7Cp5Si2UcJsafmWv3+Hzi3nsWXjKbTWHEZj7RE0VR9hhP8GNXXHUbh2Pz5/bxs+/HA33ly0gcdt&#10;xpLZ6zA/cx2S4yoJFg3IJCNJIXApcEhohttRilB8E1LT2xQrCfjrkUtgcDir4KHMSSQTCcl6llKy&#10;n1ZKp2YEbWVIjm9AKlmI312FNH5Pj6+j3ClHNlnK3OwOZCfXY/ncdfjiiwMoKz6MDa0ncLKnHxfO&#10;3zn18OnIl5RqK8O3TTPNfnp24dqDhy3NJ5+tXvUVluS0Iye1GQtyN2LZ3A4sTSvH58vXo5kOfvDw&#10;DZw71YeHg0/Q1nbkZ20VO37W9sWOnx050sPPrZ8d2dHzsx5+7+m5NfX52+9c9tvf+JH11Dbq762f&#10;jY6P48nIKB49eYorNwZx9vQdnOi5hz2M8J0bz6Kk7Ft8seYQli7eioVzCCbZ6+Anu0ijHJmduR7Z&#10;me2I89Soj9tWQjBpUX0mFkodC9mFx1IBPz/JgXpKmRb4CRZeWzlcEflICNYghywjnusbPGUIch2r&#10;u4IMpRAZZCg5WR3IoZRalt2K9xauR3VlNzZ2nvvNsRO3H168eP9h+BZqptlPx9paT+NdSoeVc9ux&#10;mNJA5MMnH+xBZckR1JXvx/Gjl++fuXRny/D42JbhidG54c3+SWz82eSWsWfjWx6ODW/puz+05dK1&#10;h33nLg9gb9cNbO48j7LSbnz86X4yIJ7nnI3IJQMRh5Y+j4CrAokOAkNcM1KTmmAjs7Bai5EQqIHd&#10;UgY3wSMjtQ0mewUsxmKCRhn83jqkkX0k+BugN5RARznj89TCYq1E0FONdK6fQOaSEldDGdSIpQs6&#10;8fHqr1D95S601x7ChZM3cevWQN7ExIQlfAkvvE1OTv7VxPcTllNn71oIiif27O9FY8MxvPvOLl7/&#10;ZmQk1MDmKSEo11Aq1sBsKlcgHJfQBJOxlPeZMjGuETZvFdxkcU5vDUyWcsX8YmMbYHdUwuWpRyrX&#10;sVsrYCIb9PP+B3wNmBmVB4+7BgGuFxlVDD2XOfx1cPM5mW1V8Adq4eCztLuqEIprgpPrWrmPhGAj&#10;g0UFDFwWF2hgAGhEJM/LzmdttjNwmPLg4rnEUpZ6yUZtjmrEcLnBWs72wXPnuejNZdBZSuBkO5Hl&#10;Hl8d4qW/LVCHqJgiRHPffrYNGd1zuGpg4PF83moYGYyM9nLExTYilQHJxv8dlL4GJ8/dxvvhYxBi&#10;8JrG7Y08Vz//j7GXKUYcTGxCDO+Nhb+HuL2P1xnvrYXTUaO+y7kIE3ZSdpsYJL28F3beT6O1lOfc&#10;hITYJti5TqwMFvD+u1zViPPWI52SPcT9J3IfKfSFJPnO55XEa0nnevLJJONO9Vch3VdEid6G+bPb&#10;iQFt+PyjPWipPooje8/j8OGruHrrEa70Pd4yTr986en4aFtx3n68t7gVeas6sKHtOLq/uYqG2u98&#10;h47c9J07d9c39mxsergt/cHt2fNnvxoeG/PdvDvku3jtoe9I923fqZ67DSeP38KBA71oqu1G/kc7&#10;8M7bO9XoSLoaLeENoxyREZU4NuhE3hxpwC5pcK5K1UBjedNTebMDXO7k7153HSx8cDpDOTxeNjg+&#10;DJe1EB5nBQJsJEE+tAQ2niT+nsYHmhJXgbkZjVi9fCPyP92Dnbt7sXfflbbrdx63DU+MVYRP/4Wy&#10;JxMjZRduDbZ1dfdd37rxDArW7MOn73yNjGTKQYJyiPcxQAbmJyjb6CxuNk4fG7CTTqa3V8JIQLDT&#10;kSz8bqeDuDx18HB5VEwxYgjOXjZ6cXwbG3gcHdpOgLfQSc0EZ6ezBg46aLSxEDGOcgUUJjq6W5yV&#10;/88w0vm475mmMlj5DN18frIvI7c3Gkph5j4FPLxkmbKend8jCEyR+mIFGA4+QyedW9ijyVxMZy/l&#10;etVcRufmvhRg0IljuL8kytxYAqDeXACDq5zAV81zKKGzEsjYXuw8voPXJyBo4P4dPLaPbcLI48i1&#10;Bdy1BCpeE/fl5TUF2B7lWiMcvFaCiZ1g5JZz5CfIfToIsHKcYFwd4uTYvMduHlOATSS3m9diY/sL&#10;8RxjBTBslfDxXstgQAqXJ/C5OHhOTl5PAiV7En9PFDbNZWn+WoS4LIPnIIMO6QyOafH0EcrwhTmt&#10;eH/ZJtSs2YH1Ld/h4J5LOH3i+tOvNp/xnTl523f7wZBPfG9sctIXbiIvvUQ9PtbecuJZc/F+7Npw&#10;bPzKhXvjN8/d/Z/hxT9oGxoZGT91+vb4wf2Xx9uajxMZ92JxZgsyeTOyQ42IIwikEsGlYzOZyO9h&#10;4zCYKUUIJHJDpfPU7+LDjWajsvFB8+Ea9aXwxdZy/VY2CIKFuRQBNuasWDb+YJ1yELe9FCFGuiyi&#10;cjYBakFaCz58bw9am06g68hNXL/9cGDfvut/cv369Rci10POU8730p2Hdw8evYXKqu/UsHQmI1Nm&#10;SovKfYmNq6dj8f7ElMHH6G6lcxjoaGYjIyudP4r36uXoAoQk+lLe6ekAsQIK9hrMisyHkY3cRScM&#10;8OOko8QSeO0mOiGdWvZl4XILn4ss15vJCmIKkcRn4PNUIcpegghKTb2lErPICjzSeU0nkGcZZShT&#10;ThvlYMTl8TwuApKcG9d3MJLrDPmKdQgD8fH5++mcal8EPT/P08HtrMI0GYFNAmC8HjkHG50+mlE/&#10;wlZMByeA0dn9vB8BBhCboYjMg+yAIOHh+Ug/WUKgERH8HkOmEUvGImAnxwpyXy5eg5XLnLwXBu4n&#10;IUBGwHMTsIqK5L0lkAZ5L+V6fDyuj8DgkXbK7XwJ9Wp9D69XmI2XLEPAWIBJwCTE9phMFuwiQMk2&#10;idxPpgRL/k0LNVNuN7GN1qkBi5yMdszLooqgjyzhp+C9rdjQcvzZqaO94730+76L/cZwk/i7bfTZ&#10;6CuT30+Whf99Ie3J2FhZX//j3u5Tt7Fp82ms/WIP3njja8zP3YAEXxVlSj0lSyX8ZA3xBAZBazNp&#10;qp/fnXy4ZksR2Ugt4vnwZ1mKKU3KEBS6x2XSCAT59ZQ40xjp7ER3GxuDh6CRyP34RN5IIhkb1MKU&#10;Jrw5pwnN5fuwb0cPznx7JeNe/1DG8+fP/zR8qj8IE5DovzeU8e3x/owDh66guuIIli/ewntDJ/ZW&#10;qIZupmOIwwbEAQgIOl6n2VykGIREZDMb7isEiWj+ruNyxRSEytORoun0r1LiTYspIECTxRGYraTZ&#10;s3j/jNzeTNCxEQDcEo1Jp2eaihAZU4J4NnI7WYKfoGIgWJuFvXDfNjqbiU5iI1OQ5SYyHLOxhMdi&#10;BKezGwgcHkZkP5+zkctcBKAgQUIivEiWAMHeK45PcLDwmsx8hk4Zqk9oIGBVIlpPKRqsJXDwPAko&#10;Fi4zEEBiyHhEbvjIdIJc5nGXw8T74uJvAa6vgIjLXKT2Rl6zkfuRACPSK5YSw0zA8VCexPOYIm1s&#10;bINRvK4gAdNB0LJbCAr+RoR4vy1sQwH+5pYOfEq2eAKjSB4HAVPA1GQq5fVWkllMdfzHC+sNklXw&#10;+jMTGinDatgGG5CR2Ihcyuf5s1vxxqKNKF27TyUxbu3swdfb2CbP3MaZ7qvNjx+PlP2kc48mJib+&#10;x9izcQwMD+P0xftYt+E8vvzykMpAzRBGwMaRwKiSTNS28yHERK1RdC/ERiqswUNpkkhgmB6TR0co&#10;VJo0Phwt9HyIJjYsocEJfNiicaMZeUWm2EgFI6O/VJmoOXxwidSXi1Jq8OGqzdja9h16zvZjbHy8&#10;O3yaPwgbmxj/5vjZe9i07aLqv8oh2KWxEbrZwK02Rk1GMzcbt4CjdASbGRkjRY+zAbsYZV2xUxJi&#10;pqEQrxvy6NCk5XR+HQFBqLGdjC0yugQz6FwJBGE7l5m4Pz2joJXLDXRot7OW+61EjLUcs8wlmEng&#10;kb6LOEZrF9c3ELSjeC5Wfg/QMfX87uO5SH6NmazBwuciTMVPzS7AYOZ+LDzPAKOrjwAloBdKapk6&#10;Hte38Vg2ApUwHxvBy05HlkgtgCZ9DV4CQpDtw8TjRlNuyLOWPgMv70Egvp4gUaqYkJXP3kcHTuA9&#10;kPbhZ7sw8rhO3gMvgUSG7uUexJOV6nlcHwORS4CUTMFJh49h4PHxXgR8XIfObhcmwvaZLgyWgGTh&#10;PpJ4zxLZ/jzcr5ttNYHn5uR+Y9mGRRpKakAimXB6qAGp8dVkEI1kEOswP6MNS7Lb8eFb21CZtweb&#10;1x3HlRsDuDc4hKcjo7hz/9E0AQkGsH8Zbgqa/a2NjIz8h3sPRx7u6bqpciveXNiBuZntyAhRB7Kh&#10;60gTzc4yhChZ3NSSUdFliGBEM7IxRDI6SoMUMLGSOv5VxJeMjnxgfkYONjgzG9xfR9BR+PAlAkuk&#10;8bIR2Bh1ZxlLERGdz0ZQg3np7Vi1eCuK8g9h685e3Ox/hOGx8b95+vz5n4dP8w9mN+4+/m9Do6PY&#10;ffAqCgqPYuHs9ZiT00EGJo1RgIIUnNHYygYcL85G0DCQokdGFNGZS6Gjs3nJHsxcRx/F+0FHcbGh&#10;vxaTr+6Bm/dGGJh0EAYYHSVyB3ifhMXpTKTfZAoS9Y22GgW68QTnWZQTBu7LS8dx+Gqgo3OYyS4c&#10;ZBHSaSkOKh2qIgkEpMWBjbzHsQSuVAKcMEAZHUukg0kHoYnPVToxRXJKZ6Sf12YnYzApsKtVkd/C&#10;YzjEyQnsVjIIARavvxpuj3TATkksEwHMRIARxxWg8XhK4CJTjZN90EmlMzXGVsAoX4M4nqOLx07l&#10;/QqxHUnwsRIogryP0s8gQSWWQOHieUhHuvSRpJIZBMiGRCq72IakQz6LkiEkUplAIFnPyQw+AZ6T&#10;dKQmJzchN7UVueltag6WjNq9vaoTn3+yF/nvb0d18X501BzG0X0XcP7k9YHBB0+uhh+7Zr+LPXv2&#10;bPrg0PDAPoJGbeVRrFjQiewEoc2VSOWDdJLWBaknE/iwo9lAZ9FphOba+IkykHWQAvs8dfgldbhe&#10;Ig3XNdBxLER7oeM6S4GiyQIYMaTUOlJSaTxm6nObtQxpfNgZya2Yl1qHd1ZswvqWYzh66DIGHjyu&#10;DZ/iH8yu9D2cPNR9A598IFKtA8nBSiSz8UpHronR3W3MU44gDu5mpJOhZmFVUbp85cwORnIZPYoh&#10;NX45ioArAEDnFFAR9mAUGUEHjowppYRrhotRXjoPowgW0YZi3utagnMrLLx/iQRiGcmI5n0yCAvh&#10;+n7uSzqkDaTlJjdliLWaVJxsQfoX6IDiVEZhFgSMRDqiTBlwELw8jOZBAoObzhhDmSMsMUTAiiSb&#10;kdED6R8QtuBhxPdSatgJjl46s5fX5KFMkT6EOF5z0EmpQCYpGcMS+f0EpQSev59MQFhMXBwdn5E+&#10;jqCVwP36CWIpdPAUGR0hu0wjAKTFcRmXJ7lLkcj9zk5bp55/CpcleCrV3zSCQVqoUY1SZHNZHM9F&#10;ZHNuegty0tdh7uwOzM9qx4LZbVieux7L5m3GogWb8PbKbfh45WbUrN2Npupu7N/Xi+4Td3DyeB96&#10;L/Vj8NEwHj8efnv02eivwo9cs3+ISYZm17GbP79992Hd/q4bqG86iTdX78D8OZuQzEaQwIbislMD&#10;s5E42QhMQjcJIKK3p+sKSSnrFVDIkJXQ5Jmz8kiV2YDZIHSULq8ZyCbYsHQSiSOmviewEZmoq6O5&#10;vgwzyrbZaQQOiQ7pNSj/bMfTIzvPXbkz8OTKxLOJJeFT/b3b5G8mD5w6d/dKa033lbeXbHy+LLuZ&#10;0YsamA1V5IeDDhukthatLBFQAFL6Fbz6fDIJLqdjuExlsNPhdLxH002FmElW4I7j9fH+xNB5pXNx&#10;mr4IrxJEPARXK7V8BAHCRFCOYvScyfVkGFRGPETaWLg8QAe0MjJbCDTSHxLFY5vp2Hb+HhMjcoOA&#10;RcbipZMLCMm6apiRrEBAzEswk+18BBSRCAmOUhWJhREIUwoyMkunoNVYpIAvlY6bnkjnZrBIT6nD&#10;XEbopQs78caSTVi5qAMfvLUdH723E2s/2o3igi7kFRzBGsrZTz/YrZIJVyyRmdKd/NuJZQvX4dP3&#10;dqhRpOq8vaiqOYbq2mMo/HwXCvgp/PIgCvMPYm3eYXzJz+dr9yPvk91Yy/3lcZs1X3bhizX78eGb&#10;nfjgjQ4UFR9FQ/0xtDYdx/atPTh49AaOHr+N7mN9OHu+H6cu30XP5Xu4ducB+u883NNS2/XzDRvO&#10;/lza9NnL939+mZ+b94d+Pj4+/vPwY9fs92mDIyNdJ8/dG9z21UVG/c3UfU2qgaVRF6bSkSJIqfV0&#10;JqGvUdTnOjZmPyNJBBv+jChpsAIqNarzbhYj3stRefjFzLUqCkaTeURFFVGzV0/1suvyuL98uFWn&#10;FLUzI2DIVajYzdsrtqrM2tPn7mBgYAiXLt3/3+FT/EfZ5OTk/7rz9OnrJy7fq2ldfxpvLN9OacTI&#10;Tiru53nLkHLAU04dTWZAR4tn1J3KaaC8YLSXzk0n5VRkxFqypRqYqc0jCXw6so9oSjUbQcRBYIim&#10;Y840FahOyVcIGNMpW2QUSToBZxEwpkcXKcnhJkj4RUpwP7+iVBMZYTMRUMySlzF1XySVX+ScjFB4&#10;BJzJ/Dw8TyvB28uPSCQfj5tAkEjkvVP5BMEayqpmrJjXgTcWd2L1qq14d2knluQ0MjI3482lkurf&#10;gVVL1uPT979GTf5erK/qws7NJ7F3/9W+A/t7u858M/W5cP5eV2/foPrb13u36/qtwa7e/kdd53oH&#10;u86d6uvq/u521+EDU+v29A509d0bmvr03uu6+2ioa3D0SVff3cddfdyu70H/b5f3PuBv8pfb3Lp8&#10;t+vyde6Xv13msWS/8tvdwSddwxOjXRPfTxwKP0LNfmg2/v149PDwKA7tvYS6qm/YyFqxMKMFc7I7&#10;YKC00Ou/VPoyjtFJOtikMVsZLc10eJEwZoLFK7o1bNy1auz+1RlryUIalEZ/hQASyXVleM1CB5Th&#10;M3EMt5NAY6tSDd/FiJuRTAqa3Y4PVnZQg+7G6VN9D8YmJ0qfP3/+r8Kn+Q+yofGRo4w8aGg+hdzM&#10;RiSTRqvMV56TyoXg+URE5athRukEdjB6eyV6EzBeiSlEJGWV0u5cHiMsgn91xhJGfjIxD+k9I7qM&#10;Nvj53WGkLCPAGm0EH0oG6cz0Ekyk/+f1WWsJsqT5BFvJgZCRp+hwfoXkvHikL4KsLhSsQ4AAYXVU&#10;wkmGIyNS0idhteTDSPkjowYiM5JJ92VYcEV2Iz5e2IzK9zeiteYodm88jiP7LuFU91UcP3wFh7ef&#10;wtFdPfjmyHV0H72OU0d6cevqfTy6/xhPHz39YvzZeObo6Oivw7dLM83+fiZDnfeHH+X2XnmAXTvO&#10;q/ksyxZupq5shs/Ghi60l6ARzYb9quFL6vdClRQkmYQSVV+OzFfJQdKjL3LERs3ulI6/yBLMmPUF&#10;NXM4OYfRUT7RZCYSZaW/QxxIevjFmWKdRciNLUPxx1/h+Ol+9PQM/Sx8ir+T8Xr+9fD46Nj+Izf+&#10;5r03t2FBdhOdklSftNxJ6q8YDqN6BB3fbl4LByN3KvW6UHq5HoufTEI6NOn0cr4yzKyPKcarBFBh&#10;GCaryIJ6GEwVKrdCsmTdBA2RbgI20k/walQBAaZEAdOv+V3yJISdKfnC/caYJVehbIpVeGWolf9H&#10;y/p1arTCyOVeHlv2HanLRyKZxOxQs+rwWzqnDZJvc+jrs7hMmv5kZATD42MYn5zAkSO3/vTWramP&#10;fP+//5/6PP9Ted4A/nn4dmmm2T/cpP7H2LPxc5euDGJj53m8//bXSIutUsNZiYyARkMBrD7pXJPe&#10;9zKVg2Dz0nHoUGZxRjq/jo6oiypBvORvUPfPFMd01qpOUKu5hGBCp+J3nYCMjByYKxnp8+g0ZdC7&#10;SuAwF2P+7A6Ulnfj0IEr6L10f0349P5Ou/Ng6LOeawNobDlDWr4D83I3wqZndOYxZVRHhvgkG1GG&#10;9WS0wEznl0QlyadwSgITnTOGUkP6HSQ/wMUob4wpUEOQknY8gw4dTUYh52x0VqgEpxm8BwayJWFO&#10;AjgOfgxcR7ItzZQh0bwmKwHUzeNIJ+nM6GI1fCpZjAGCgHR6BilTJMfAY6cs4m9pyW2wW0uR4q9E&#10;lr8CC3PW4aO3tmBr9T4c2XUW9x88weDg6H8OX7Zmmv1xTfI4Hg08sd649Qhbt57Hu8vakBbPKEwq&#10;7I0je6CUcDI6RhjyGYXZyONliHBqzD4xsRWvRRdgmq4AfjqdOEY05YiJ0dhgKFcgIwlNMlQXSTAR&#10;Wj6TjjiNju2iw1oZqQ2GtUj2VmE+5dHnH+/B7l2XcOni/U6yhtzwKf7WJn8z2Xnv6XBnz7XBzr0H&#10;rqG87FvViZeUxGMT1HR0UkkXlqQm6SzU8ZgGQ6k6V5EPAZEoTkb3mDI1VGrib5HWYpXKLTkTekuR&#10;SmDz0pFNkqkonY4EjCj+tREwvLFcx1TO7zWqz0FAQa43kNCkpIyF1ylsTIZWdVGFiCZLESYm90U6&#10;RgV4vQQVt9zH2AaVoShDsyEeIz1YjnfnNqK1/AAO7TqHB7cHcOHUVevoxIRVq5Sm2Q/Sno6PfnFt&#10;4PHzipKjeGv5NszOWK862oSiB+lMTqtke1JuMMK+bijETDqnixFUsv1i6fzSeSd5AK9E5OG1yDwk&#10;xzerTlSbpQrTdaXQU9u/Ru1vsdcoKi7zEiShx0TZ49XnITttHZYxwn7yVgd2bDyFgUdPcXNo6N+N&#10;To5/dJVa/Luzd9XM2Q/f3YMFs9cjK65B9bmIXJDOWYtfUqqlU5IUn4whin9/zXMxktXIPAadk4BC&#10;CTKTzCJGshzpxOKws2xkGoz6ekqnmVHFmGUtUYlU0o8RqSuCXkdQcVYqWRZjFGmylvsgaBq5LuWF&#10;y1GrRkAkh2K6kfsyFav7kRrfpDJsE3heLgEHrpvkrkImJdHc9HakU8LkJDVCpFRn63e4fm1gOPwo&#10;NNPsxbDxyfHPDxy+uX3zRqH6X2FeZgs1dQVCCY10QkoLcQYCg9ldgdd1eWqylc9dp5K2pKNUZr3O&#10;JAjoGcmlM09mKhoIIk5GV+kUNVMqiF6fwcj/uq5QrSPU3kggiWXUT4xvwJxQHT55cws6Wk9i544e&#10;7D/Qi5LiI/j4g51YkLseOQSWREolKwEsxPV9kvxkIQCQWcyg0/5Kl4/pEuH5/WU6tYzcGK2VlBSl&#10;MBIEZCKVzLpUKdYebqMv4vaVMEt/hrAGgo+VssRiLcMMsgTpx3A7KDu4vYXAoeN1z4goULkRdl6P&#10;TTEQLieYmggYMqdDGIjkNUg+hIv3Io73K95dhjSynIWZbVg2Zz2+fHcrmkt2obntZFFvz628u3eH&#10;/zL8GDTT7MWxIUb14ZHR/ce6b6K19husXLkNubM7VLQ0ROUpjS/j/Q4PnY5OIR1/enMRpjHySlai&#10;z9+gkpuiyDwMlCvCOrxuAgYdS4YmTXSsadT8s8wEH64fYDSXdSzU/DJ/I8Tts2QyER04M1iLuWkt&#10;sFE6SF6Di+DglMlWjPCzpL+EjpqS1EIAm5rVOYPMQRfDSB+Rj9cJGqo/wVaFX/P7K3R+OY5iPZQN&#10;ZkMx5UO1mhylRjF4ftIhK8lrAjpesgHZvzALSciKIShKWr1kTEonbyCuUfXdSGp4pLkUfjVBTGRG&#10;LWQKtswSTuI1ZKW0ITuxHm9k1+OjJR3orOvCya7LGLj36MTNCzd/uXr1aq1TUrMX3x48GDp37Nub&#10;dysruvEWQUNqbBjdpOB0iiAdUeadyIxMmegkU5iNpiLlePGJrcpRI6MLERlToEAgls5uoePKVHGZ&#10;nyGzFJ1kAGZu7yKzEODR6QsoAQqRHGycSoaiY8p6Dm6r574lTdpNsBHJICMPegLE63RWmcbvpCSY&#10;HknJE1mgajq8xmNPk6xVAtIMsgr5X2ZWGrl9QJKjCHKR+lLESD+Hi6zDWaWGU+XapL/lNQKdg4Ah&#10;zEElQ9H5fyWjIbyWOLKGKLIt6SuZqvvAfRC84nk/ZHsZEYrjMifZSBoBLzu5BUsoteoL9mJL+a5z&#10;N09dPTc88ORc+DZrptmPx0afjf7i/uPhW93HbuL9t3eoTsbkuFo13VuK9lj0hSqzMCm+GclhAHGR&#10;7qtcBlJ56fQUei+FemwEDB2ZgTiui1Fb+g9mEFCMMXRmOqTXTXnCj9SJMJDam8lQJLLL5C2RPiJd&#10;JF9iVuTUPAwnnV4AQIYuzTxGBAEiQjo4ZdSCv08ng1B9E5QbRgdZDvchc0JmUaaI/HHzWDLj0ySz&#10;OAkAUYZCmI2lcLkpkXiubsolKQFgI3sQ+WHg92hekxTJkbRuvVwjASQx1EJAFOZDQOR+/VwesBUh&#10;M64BK+ZuwGcrNmH31p6jAwNDy8O3VTPNfrwG4M8ePx3Fhs0X8EXxN8hNb0Us5YidTim1HfzU9lJP&#10;QxKPgnSyyEg6KqO09CnIEKfMvzDyNxOdVaZUSxali78LE5lJKRM140v8UpeHeDqeOKKwh1fIFGQO&#10;RxzXm8ntZZ5LDJmJXl+kgEFkkHwkKzPSWAgd5Yyka0v+QyRBw8JjyNCoLpKsh8dVlaQofWQEx05p&#10;4rRLzkmDmsRlJZjpuU8HZU80t5G+jaCfrIUgEGMlWBC89NL3QRYzi+ARYSpQafCSh2Li+cj3hFAz&#10;z6WM90UKvZSr4i3Ls1tRV3YY+7afxtjERHH4dmqm2U/DBkdGki9cf7irvqYbq5duRHaoDqmhJrIL&#10;qexVokrXifNI4RQHHTk5TkqpUfOb6USk/ZIxKvVGhZlIwZcoAoAMhyrmIBKAAGOjY8+MLkeUqr3Q&#10;AB+XyciMVIgykg3I8KcCITq4lHkTQImKKVdJVvEymcvXgJfJeqTj0sJj6oRx8FgiHV43ESi4Pz+/&#10;y75EUshoSFRUCSL5v6SKm2TWJddLTqGs4nGlDkQsr006fKW/wxvL45GFSGen5FTE87wSeZ7JSWRY&#10;wXrkhurx6fL12FDThVNHLj24c/GO9t4XzX7adq733kenz99BQ9MJrHprJ+amtdLxqOkJAFIqMImg&#10;IbMwbZQUQtklYoeSWtUkL5kXIaXeDDKkSiZh904lWIkj62V6NR3fw+2lZoMkTs3SFasszJkysUuY&#10;QqAOBnfl1EQvOq7kXQg4OcgsdDy+jIjoyUyidcIsuJwyRFK3IwkgkqJt5nG98VNyJNpYzmUEE8oI&#10;6dyUqeeqv8JWTqAphZMAKEPIiQQSL2WOjutLQRwfgUE6P9MIEjJtO8lXiyWZjagu6cLhQ5fQ8+2V&#10;upv9g6Hv8f2s8C3TTLOftj37/lnVpYv3UVN/Aovntat3qaS4K/ipQTrpudRJ0DNyC9UXoEghYATp&#10;vFIe0CtZl75yMoV6+OjMHl81khJbGOmLVYejJITJsKQ49AyCgsFRjllkHSJBRCbYCBYGa5ViG5EO&#10;AY2p8nczowowzVrOyN+ggMNCpiO5FbLPl7lMRjvMImtkfgu31+spL1xVavq5i8dzE1SkwrrXWavK&#10;yPk89aoD00+55SF4iGSxOytUmUO5nvS4OszOaMWyzCasK9iBq9cfaG/a10yzv8vOnO8/tL79DD78&#10;aB+yU5uRQAf0MUL76VhWSgIZLZA08UhTMTySNm2XIixSdLhORWcplqs3MNJL/QgLJYetmlJiqtKX&#10;dJxKP0i0RHwyARmujRb5oee+CBYuew30ki1K0BGWERldhGhTKR28Se1fEq8kfyIqhsxCzstVp8rc&#10;6XgcmQciozcR/K6GdikrnAQ3GQoVqSGFaUIEEfluk3UIhDIaI52baQnNqhL7nMQaFL7djn0bT4wM&#10;3n5YP/Jg5D+Gb4tmmmn2/7KxsbHg4ycj2HPwBt5YuQPZCQ1wWYoRdE1Vop56+VIFXovIJxOohpkg&#10;YCPDcJNtSPSWsvqzTCWI0eUj6GtQv79mKVBp1ZF0eJkNG2WUAjf1MFK2TIuS5KtKNcIi/Q/CJiT3&#10;QjpazQQdGaWJcZK98NgyB2Tm9AL1u5o+TsCSWhcRUUWwcF/ym9s/9ZvBXg4jmUiMuVTlaUjxWSlQ&#10;I7UoY6ILVMEaKQyURACJ81RhQeZ65L27Gcf3n5fZoH+0CvOaafZC2uj4eP/ufdeeFBUdVdWak+Kq&#10;lTQJeCohpeqTGZmlA9TF/0WK2C2VqqybTAYzWssQZciHlyAgoxwysiEdkWY6tfRbWLmdk0xC5oSI&#10;owsbMFil9ubUtHAzwWXWrDzE+uro2DJ0W6AySKUIr8lcAZuDkoKMQ5K2ZA6L7NdOJiK5JAIMM8lA&#10;BHAEKHzh7E2Z92HnMfTGQsT7KVukPmqavKu2Basyq1H10fb+fTtOfxG+fM000+x3NXmXy70nT+/L&#10;DNK3Vn2FjKRmxLkFIGpVsV2nmrlJp3ST5pNpuBm9Q2QZUjJPSsDJcKeMbtjIDCQXQ0ZKJJEriuDy&#10;cmSByg6VXIrY+GbM1BVjWrSkfUsNjnpuQ+ChvBEpI8ASIUOlMjpDUJH3r8RQbkiBXkn+kixMyRGR&#10;HAwfpYdIDrupHMmqUI28E6OCgFRMKVVJoGhQ5eUkpyI3rhi1ebtxZt9Zra9CM81+HzY0Pv7zB4+G&#10;sWXrOSyZvxFZqc1IkarPjP5SgSooEZ7O6pQhVv61GsvVRDTJ4ZB8B100mQIBQIYwpQSeJF1J+TvJ&#10;2pQq2w47gYSsQxc9Ncoi9SdszipVe1JYwnSTdFbWqWn3ZrKIZEoWYRIRBJMIq+RfVKmX59glIUxf&#10;ChuBRSpbSU5Gqq+KEojn6K4mmE0Nu6antGFRZguKVrXh0Pou3L/z8EDvyd4X4h02mmn2wtjV64Of&#10;7tx3DYV5hzEvsz38OkepJF2rXpykKkknNGGmKU8lWUkKtuRm2BjpRVpE0+GnRUnZQBkNqYHFIm/5&#10;qlUl8aZF5qv6FV5PvRrNMFGGRJINRHO/RjIGr1emsUthmgoyC4ITf5M6ml6nAEWlmsUq0/Sl/0JG&#10;cjKT2rhOLaLIWmK5X2EafoJSWmw9FmY1oeSdDbjRe7dvbGziu/DlaaaZZr9Pe/psbNq3p+/M27ip&#10;p/iTd79GTkqzep9EiHQ/5K1GMiO6JGBFmotUf4S8y0KAQfoeZugLMFMSs6wECf6vs1XATWkg68kU&#10;cnmlgVP6JaQjk8CgI8uIMBI4CC5SsMdE1iJv8TJJJW4Cj9TCECnjJ8DIu0Sk9F4c9xsksEjpPSlk&#10;I3kVMq8l6KhEWmIz5qe34KMVm7B38ym0rdky7/rl238dvjTNNNPsn8oGR0b0Rw5fQ0HRUcymEwa9&#10;VaqadVx8A7ySK0Enlfe4SnS30Mll/sbLhjxMi5bK3g0wk1lY1MSwCrwSVQhDTLl6SZBUvIrhdzVt&#10;PqoYrxvK1MiIlOuXiWNSds9I57fGFE2BC9fXR5epalt6ShUD2Yjkh8jIh5TIs1lKVG2NzGA5lqY3&#10;YEfrUVw7dRVP7z99PXwpmmmm2R/Cbt17vOjMxQeqI3Ru7kbkhJoQZy+Dz1qOZDq/JEvJzFcHHddI&#10;dmB3SOn9Wsj7R6UWp7x8eBYBRB9TBoe7Dh4pVmMohF4vU+0rCTJV6u1h0hciTMVCQBA5Ey1zUOy1&#10;ajhVivnK+0hVTgWZjdVSBROPJ28Dl/kfKb5aVQz541UbsaW+S+vU1EyzP6Y9GB72Nzcex6J5m5CV&#10;2IiEYB2S6eTxzvCcDLIJnZHyRPowvA0qVVtqbkoxX725FDMji9QMVDOdX0ZPJF8imuxBRlE8BIAA&#10;2cW0aCn7X6xeMxilL1HVvORtY/JeUSn9HxVdDoeMjLiq4Jd1uG8BpdS4BmQmNGFRQhUO7z6H6xfv&#10;vBc+bc000+yPZefP9ye2txzDZ+9/jXlZHchNboVfUr/1kuvQgES/JFdJAZpGNWFM0rsTRGZYKD0c&#10;dTBx2at6eXFS3lQNDbKCSFVar3xqKjrXNzgIBmQtUqjXJqMwknPhrSMTmXp7uNNfrTpXBUji1IhN&#10;hXrb94r0Opzff0pjFppp9kOxJ2Njrx4/0Xe7vf0M3lyxHTmZ7UhwlMBiLFTVr9JSWtQQ5yx7hRoW&#10;NUoeBJ3fbKODJ7SomhQzdfnqbWMyvCpFdmQSmZT1j6GUkVcbysuA5EXRUqgnRqqASWcogSMQWw/1&#10;ZnOCjsFWCr+HAMJjSQr77JRGlL63CWPnjrzQb/PXTLMfnd26+/Avvzt5x/HVrkv47IPd6uXISYFa&#10;2M0lyExuQ2JcIx1dGAVBgjJFmIHUzLSTGUhFb6mM5Y1tUiMiqroX15F+Dyl+I1PdZe7IdLIQefu4&#10;3V6JGcYSRJunZrlOvWOkVr3GUfpPMuLrkU0p8tG8enTkb3k/fIqaaabZD8nkfSi37jy+uufgjcm1&#10;nx/E3Kx2uH11SPLUIJbAICnj8iJgSeCSaekCCPI2sRnRRXT2WsU25BUCRn0B4m1Swq8GZq4j70qV&#10;d3xMiy6ELrIYLgKKxykvHqqFziCvcyxWw6chSh8HAUVel7giox57q78eO7vnuCt8epppptkP0caf&#10;jed0n7hT1tZ6Cm+u2oG0IKWEpwrplCFS8s/urlCVu53hGa5OW4ViDlZKDrv8b61AZGQBnG5uFyuz&#10;TfMRpS9ULxaKpkwxm0vVfgQ4ovk9iiDj5P4TKU/SE5uR7S3D5pKvMXjzfih8SpppptkP2a7cHPrF&#10;mfP3UVLWjQVZHUhNbEB6UiviyBaknoWLEsNDQDBRlqh6Fipxa2p6usddh1n6PPVyIcnZkIrm8mKh&#10;WMoaC8FE8i1ktMViLoOd28jLjVyOciVrshJbsDi1DtdPX9c6OjXT7EWzW/eHth84ehNffLYfsxMb&#10;4ZO3l9Px00MtBIYaxFGGSKJVhK4AuqgiVdErNiAjITKLtZgSJR9GMhK/v0H1bfjiGxFBVvF6RD5l&#10;TSks6sXH1Vy/DBZbCd7IbsLBTd/i/LHzWg0LzTR7Ee3B4yeFu/f04o2lnerl0GmpbcgMNcPrq4E/&#10;thGRljIyikLYVH3NKsUUEmU6vEGK9+bB75P5JTXq7edeGSWhbHl9+hoFFD5hIIZy+MlWnNZirF1Q&#10;j/s37kEreqOZZi+oAfgXQ2Mj6w9330ZF1TEsXbAZWfH18AfrYSQrMBsKCAS1SE9uVe9MlVJ9cQQA&#10;i7lC5WyYyCh8vjJVVSs6pgwGE9mEvRohP+WLjJDE5CPVU4HsQB1K327F0ODQGzzmPwsfXjPNNHsR&#10;bXhybF3vzQfrtm0+PVBZeQTLlm5D0FtJ9lCp+jYSYusRkD4MVzWMUiNDqmAFG2AzFpFd8H8ykpmm&#10;IpWUJVW9hI24zGXw2CvU5Lf0xCYUfrANg3cGMTKiMQzNNPtR2PDo+MH+R0+wofMClq/YgrmZrUiN&#10;mwKJxIQmhIJ16vUGUoFLal5I+T+zvVj1fZgd5eoFRFJnw+qtUrU6ZXJZ0FOFJH8VvnirE/0X+zRJ&#10;oplmPyZ7NDb2X/vvPX7U1nzibz54bxeyUusQGyhFekor0kLN8FGi+NxVqmNURkZkApq8KkAqe1ld&#10;pXCY1yLGWU1mUo/UtDbEe2rgtpXik8Xr0H/ptgYYmmn2Y7TBoeHLly8PoK7uON5/ZxfmZneoyWtp&#10;ya2wUn4YLWUIOGsQjKuH21KOAOVKglvezVqKOK4nxXriKGPiAwQUMo6PF7Xh5uX+w8+fP/834UNo&#10;pplmPxabfD75l/39Q7881Xuvfc+B6ygq6MK8nDb1XhCptxkMlCOdUiTBV6deDh1wVanqXoH4OvUi&#10;Ij+/ywuj3Z4KZAVrUfhGM+72DSwL714zzTT7Mdvde4/6jh29hpqyA/hg9XYsXrgZs2NrCBQVSPDX&#10;w2kqgT9YjVQykABlis9RiqRAFXISarEwuxmHdpycmPzNZGp4d5ppptmP2Z48mPjvV68OLD+488xb&#10;XYevoKn5JN5/ezsWzO1AZkobEgkWid5KpEhFcuno9FUiO7ER81Ob8GZ2A3p7+s6Gd6WZZpr9VEzy&#10;KAZGR//Tw6fDx8/dGMCeQ5QrJd9g5dKtWDx7HdL8lZiX3oI5OR1YPG8j1n6wA5tqD+H506d/Ht6F&#10;Zppp9lOzye8n859OjO66fGNg17adV3at7ziDsoK9+GjVZnz07nYUrt2PkryDzzrXfbfr5OEru8Kb&#10;aaaZZpq99NKjkZFQ783B0O1bD76/dmPg6KkTfaGbF+/6w4s10+zvaS+99H8AJZFa2NEffcAAAAAA&#10;SUVORK5CYIJQSwMEFAAGAAgAAAAhAKFEeJ7gAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AQhe+C/2EZwZvdbGK1jdmUUtRTEWwF6W2aTJPQ7GzIbpP037ue9PiYj/e+yVaTacVAvWssa1Cz&#10;CARxYcuGKw1f+7eHBQjnkUtsLZOGKzlY5bc3GaalHfmThp2vRChhl6KG2vsuldIVNRl0M9sRh9vJ&#10;9gZ9iH0lyx7HUG5aGUfRkzTYcFiosaNNTcV5dzEa3kcc14l6Hbbn0+Z62M8/vreKtL6/m9YvIDxN&#10;/g+GX/2gDnlwOtoLl060Iau5CqiGeJGACECinmMQRw3LRwUyz+T/D/IfAAAA//8DAFBLAwQUAAYA&#10;CAAAACEANydHYcwAAAApAgAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHO8kcFqAjEQhu9C&#10;3yHMvZvdFYqIWS8ieBX7AEMymw1uJiGJpb69gVKoIPXmcWb4v/+D2Wy//Sy+KGUXWEHXtCCIdTCO&#10;rYLP0/59BSIXZINzYFJwpQzb4W2xOdKMpYby5GIWlcJZwVRKXEuZ9UQecxMicb2MIXksdUxWRtRn&#10;tCT7tv2Q6S8DhjumOBgF6WCWIE7XWJufs8M4Ok27oC+euDyokM7X7grEZKko8GQc/iyXTWQL8rFD&#10;/xqH/j+H7jUO3a+DvHvwcAMAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCQzwl+IgYAAHkh&#10;AAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQDwyDnHoREA&#10;AKERAAAUAAAAAAAAAAAAAAAAAIgIAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItAAoAAAAAAAAA&#10;IQCrPr2frhMAAK4TAAAUAAAAAAAAAAAAAAAAAFsaAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ1BLAQIt&#10;AAoAAAAAAAAAIQDHESll6TQAAOk0AAAUAAAAAAAAAAAAAAAAADsuAABkcnMvbWVkaWEvaW1hZ2Uz&#10;LnBuZ1BLAQItABQABgAIAAAAIQChRHie4AAAAAkBAAAPAAAAAAAAAAAAAAAAAFZjAABkcnMvZG93&#10;bnJldi54bWxQSwECLQAUAAYACAAAACEANydHYcwAAAApAgAAGQAAAAAAAAAAAAAAAABjZAAAZHJz&#10;L19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAACAAIAAACAABmZQAAAAA=&#10;">
+              <v:group w14:anchorId="63BCE345" id="Gruppieren 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:57.55pt;margin-top:14.15pt;width:101.05pt;height:32.9pt;z-index:-251656192;mso-position-horizontal-relative:page" coordorigin="1154,-1519" coordsize="2021,658" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAIlmFBWgUAAOoZAAAOAAAAZHJzL2Uyb0RvYy54bWzsWd1u2zYUvh+wdyB0&#10;uSGxJduxLcQpgrQOCnRbsGYPQEuUJVQSNZKOkz39Ph7qx1bVtWvTpehyYYEUDw/P/8cjn7+4L3J2&#10;J5TOZLny/NOxx0QZyTgrtyvvj9v1ycJj2vAy5rksxcp7ENp7cfHjD+f7KhSBTGUeC8XApNThvlp5&#10;qTFVOBrpKBUF16eyEiUWE6kKbjBV21Gs+B7ci3wUjMdno71UcaVkJLTG25du0bsg/kkiIvNbkmhh&#10;WL7yIJuhp6Lnxj5HF+c83CpepVlUi8E/Q4qCZyUObVm95IazncreY1VkkZJaJuY0ksVIJkkWCdIB&#10;2vjjnjbXSu4q0mUb7rdVayaYtmenz2Yb/Xp3o1gWr7zAYyUv4KJrtauqTChRssDaZ19tQ5Bdq+pt&#10;daOckhi+kdE7jeVRf93Ot46Ybfa/yBg8+c5Iss99ogrLApqze3LDQ+sGcW9YhJd+sJhMJjOPRVib&#10;+vPFpPZTlMKZdpvvz6Yew+qJP/OXzolR+qreH4wD320+my3s4oiH7lyStZbNKUaTVsfaFJPOFHAA&#10;m39tKwSTANqSOsGMbM7Dxhi1Geq3rQWGtnQWONz0QeWRcLqLKf1lMfU25ZWgUNU2WGpDwkkuptZK&#10;CJvEjPyxr4ioCSd9GEsHK5ZMI+Q+GkVDxhiyX2sKHkY7ba6FpFjkd2+0cYUgxogiPK4Fv0XRSIoc&#10;NeHnEzZm9iR6uJjbtmQIOEf204jdjtmezfoUyK8jRhPHrU+G2OsYBQ0jSL5tZONpI250X9byYsS4&#10;LbljyrJKapsmt5CqSS9wAJHV7QO0OLhP6/bURyjU0n4VVR5DFd04HSpurGT2CDtk+5U3I2kKeSdu&#10;Jb03vaTHCd1qXh5SuYygzAeVW8PAsqaMbo+zUh54s5TrLM/JnXlphZiMpwuSQ8s8i+2iFUWr7eYq&#10;V+yOAxnWi/XluikVR2SowGVMzFLB41f12PAsd2MSjYqgi1VbSnS4kfED4lZJhzfARwxSqf7y2B5Y&#10;s/L0nzuuhMfy1yUSb+lPpxacaDKdzQNM1OHK5nCFlxFYrTzjweV2eGUcoO0qlW1TnOSTuqW8RNVN&#10;MhvaKHyNVPUEuX9xXmVRiF8NLBi9VwQ+DsDYZXZWFwfixSfxKLh6t6tOgIFwY7bJ8sw8EJ5DcitU&#10;eXeTRRZs7KSrJ4gJV0+wag9lVPsbGrcDIZJFBE6slFcpskJc6grBa+3SvVJK7q1LYX7fxu/omAtN&#10;j6TY5FnVBI8d1/rC9D0sHjCZw/mXMtoVojTu4qJEDtVlqdOs0vB3KIqNiFeeeh1b9MKlyQA44dLS&#10;uPzSKvodalAwaqOEiZAIPEwQ0PV7BGO7QAp0MlvtPq2W+mdnfWhta+kYBd2CcjCfks0aXIXNlaun&#10;zA6gBASlIGxqq83cmsQK3SYpiWkFqz0AOSlA6yvEP4A0pGzuKxakfaoU/buIvZA91l0F0Iwa7lAa&#10;FYX80Fqmtot726H0wJZvD6XnjSVblPYpJR4dpgesMWRAxEpzTTws7E0oHUBhh789mMZJjPxFXurI&#10;/jVMz4KzQUbPMB1WBObuHv4M0xbAn2HatZLo+Y9h2qf25RhhvwOcBhw8GU77i6W7sZ/4k3ndbDTF&#10;FA20FQ1Qheb5yYF62UQDfc5g/sRK9FWBetm10+P600FjGtwg6QLTB+qBLd8eUOOOUydWh9R0EXt0&#10;pB4wx5AFHwGpcRIL7HFfitRL21APMHpG6hqpEfoHDf5zQ41vi67V/h831Ljo96GaMvG7g2pUgaeD&#10;6u5rdTDrQ/V8hvbLQtJk+Z/11PQZHH8ooNM++sficE5dePcXzcXfAAAA//8DAFBLAwQKAAAAAAAA&#10;ACEA8Mg5x6ERAAChEQAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAA&#10;AE0AAAAqCAYAAAD2+NZSAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAAIdUA&#10;ACHVAQSctJ0AABE2SURBVGhD7VpnbBzndlV+BA8IECAxEihIkCBIgDQECPKAQP/yw8ALoABBokax&#10;LZe9LKsoybKs8mQ1qz9ZsqpNFS87l1VUoSxRtiqtLlHFLCLFLVN2Zna2zRYK4c25H8dwjJe8PCOU&#10;4cS6wIfdnZmd1Ryfc+65Hz3vx1iJVyn6eqWn0xftw2/qP5fPfPn2E+/dnCsj55sGnvVR4+1j1Hz7&#10;OHU/ctPFkT66NnH5SDqdyLEvf1OxmPb2Y/99reu+m3ZcWEdresuoqsNB7/SW0LtY6/pd1HTvEEWT&#10;EbK/8uMsIvrNJ94nbykRaebLyWt08MpO2nx2DdV1l5CzNYtKsEo9OVTd46SVPQW0vr+OHkh3SIlK&#10;bU+8N98Kh8NvEQV+y77dj6Om9Kmf3ffdosPXttF7/bW0oreQVgCgWqzithyq786notZMKmrLoFW9&#10;TlrFwJ1ZSU13j9Ed302Swj6KpiKXokS/Z9/yf1fRhDQUir8Y4ldeqXR8yD71g6jEdPrsA9/Q848+&#10;30rbztcDsCKqYFb1zq4VXU6q7sqjgtbllNeyXABZ6ckFcMWQrIt2Xd4CzztIn8HrpsyJx2bSaLRv&#10;/esXqP6nkbjkDMVGKBh5RFLoBknBFpKMq6QE+ylo3ibTekHRhEzxhEYzM9Yf2l/93utx4M6uY9f3&#10;0PaLq6i200k1PfnitaiNAcqkMsiy0AarqH052OeggvYMKu3IpBoAWtGRi/dZVN6eQ+/0l9OWc2vp&#10;wrMWemmMr7Z/4n+uWFL5WdTyx/ToMCnmTfLrl7B6SVWOkho8TYHQ5wCwm9TQIAXDX5IefUoRy/cC&#10;axPA/g37Nt9LTRpjm1ofnLzxXv8KqvXkU2WnQ4BW0ZlFrs5sgJUFSWK1AziA6OrKEszLa15K+QBy&#10;BWTq8jio2pMnvlfTm09r+ipo9+B6ujx25qJhaZvsn/rvK5mOj4ZiYyHJuEiS3k+BYDMZ8i/Ir3mw&#10;OklT9uL1DPmNzwDiQdIDJ3DdZTDxMhj5mELWxGjUCuy2b/day0wYfWefoDt+9g7VwZ8qwJQqsMjJ&#10;7OqaBYzNPwcA5bQspaq2bCruWEbFnmVU5smkclwnWIlV3pEDUB0CwFJcV9WRR8ev76Sn6sNf3V1j&#10;MeNvzfgkqeG7YNZ5krUuAPMxGdI+gNdBPoCoKodJUk9QQG2kIMAMygcpgGsDWjcFjAHSzWtkQtJh&#10;S65Op+N/b996zkuNq39w++XV0T2XNoAZpfCmQnIBtOpO9i1IrSdXrCKwKf/TZeRsXgYAl+FchpBp&#10;TVcO1QCgYjSGCnhbZXe2kG41jtW051I1msbmC6up+2ErpWZSf2n/7LcrmUy+bcZfan5jEJ7VDiDO&#10;kaKcAEiHyAdAFOUU+QCcX79AmrSXzMAWkrQOnD+Cc4dw/CwYCMnyZ+0sGfBBK2Uo9u3ntJ7PaL89&#10;LD++duCLD8AS5C9IrLrXQfUstc4cquvNA8syKQ+AMUhlHcupFJ/zm5dQfkeG6J4sU2ZYaWcmFUO6&#10;3BhywcYSTzZYi/sBvDo0j7V9taRZ2i9PD1JU+n0jOmJJwr/OkC4dopC0h8IBlmU/+UNXyRvsopB/&#10;N4DzkKIeI0nZDzB78LmNIr73SQYjZcg3oJ7CPc6BeT2kqZ3/nn6VfN/+mTmr3sfN89vufSJMu767&#10;gCrBsBowowrd0QVZsuRcPTlUiVXT7RRdtBjsc7Yto3KAUg7Q8gXrMkXs4EbA0i6BXMtxXXVvrogn&#10;NfC5dX2FdNt345dBCye8WYo5BNl9CoAuQ4qNkOQegPMJgOklnwHPwrGgvIdU+Qj51BbyAzgF7wPK&#10;cTLh/2H/FpIBqA9S9cHv+F46Gkc0qcy5v+2/tHb+3sGNVNtVQLVI+TXolHlgFLOsBvIsZz8DQNVd&#10;DoCTITplfttSym5aCnCyAdLyWZ9ryoAsHYgeWfA6yBTHi7mLdmSLhsJsWwHgBkdBmEQkz/75efNS&#10;04k1WmQYYF0hXf4I4DTj4d2QXjeY0wO5HadQYB8+d4FFTRSUdpAsw/zBqIhvM6S6X7BLUj4kVToK&#10;hnlIht/JKros5ByVm+YctKfKM8/qvkp0SyfVgyl1YFgxpFgIcEpg8IVgDMeJCrwXsQOydLRkUM6n&#10;S9AA0EkBjgOgOZvgda2QJLysBNdzV3V159IKsLecmwHnOLw/cu0Dzm437J8XoXVACg2JbujHw4cD&#10;H6BDniQvOiQDp8s7Ke5dBxm2C99itgUlMAwA8nFefhXnALamnhQABpVjABsNwrhCkfAQoSH8nf1z&#10;c1JDkzdoPWLBaph/BZJ+GZhRBRmWtgGklizKcy8GELPGXtmTjW66FOa/FOxDNoNUObsVQ56FWJnN&#10;iymrcSnlgoV5+FwNhglpcvyw157L6xm0b7po0Hw4oMCPOFKwRymQlMSGz5JUGiC77QAEoIA5DIyk&#10;fowmsBPS3IXznwg/06Stwut06QBYuYU0eTfY2o7VSkr40ZwzrftRE605UyYMvwyMKOfkD0lWgS1F&#10;+MxGzpJ0gFEMTBHes3858d4BZpV2ojmAhQWQbBGOMdu44zrQJCqQ7WrRVLgxuHDfUhzfeL6Gbkxe&#10;ngUt+Sr5tmre10xpNxi1X3Q/H0KrLrPRw5MCe/F6VDSCADzMwGc/PE6XwCI0goDajGu2U8y7AZIF&#10;u+SPBfMYTBmsM2WAaL2Yc9A6H34ClhUg2cPw4VulLC+wrK4bZg7gyrG4a2aeXoKOuASsyhCNILc5&#10;Q3RIl4eDLcCE7zGAxQxw4xLIG7GEgfYsB4OzsHLFf5S1fWXUcqdhFjTDmiw3g4gS8KsgspeEtC8Z&#10;5xBmd1EUQHwdN9jvfGormf5tQn5eRAq/6gbzPPh8UnRaBksD0wLMSNFFT5OpHEX3TM9p97SmEwMH&#10;Pt+CB599oBWQUjF8ywEw2Lc4dzFgLL/sU0spq2EWIJamAK1pMcABw/CZmVcJHyvH98sB1EoE4zow&#10;Le80GIfc5kKT4VjCW0nHru+YBQ0DOEXBGp+ICN2Q3V541odYx4R3MfP88C4Z/sRyk2SOIjvQHS+I&#10;CBJB19TAUm4GegANAhnNj4DrRwhW1A6MV8/nPKdJpjKwsX81jB6BFP5TCkbUdOUK+bE3ORBcF52C&#10;8cP8SwFKrnuRAJPP87EyTwa66/JZD8PnLLDNhZGLOyY3AMFaXJuPVYspoRbdc+NZF3kenKJ56XRy&#10;iAdxBRJjYDi48rgUfbmVtACkp/fAv5oEi6K+jZDjCfIrTfC845BhAzxtH8Vw3ASIktoAJp6AbPE9&#10;DPU6vC8cHSEzPvZT+1nnrMbkpwMre1wiDlQi1XM2K0HUcAIEBsXRtEQwzQlZFuJ9BYDjuMFMK+vE&#10;dACWLT69mArAOmYgy5UbQH03JgkAxtMB+5iTv9uZK/bd9n2+jSaMMZoXSQQwLw6BZWfBlF1gSQMe&#10;/oTIWyrYFkA3Zc8KwfSDMPYQAi/nL6/WB1btwvGtAPCYeNWlD0SgDSKyhDAtaLhOj0/9k/2cc1bx&#10;dNwx7HtEPJzXI5u9y4aP7lnUnike3sFdsBFSRLRY8ikzbLZDlmHeLAFoFVi8NfQvDYswVsHrMFrl&#10;4jUbXsb7bIVgpAv3qkYo5shSjY68Eh361uSAFU1Zi+YZsa8wLvUBrJMU922AX6Ebgm2yehQgIK8h&#10;a4UhOQ0Azg7qkCxYFkBX1QO7wbJNAjQdcykzjkFX0C1D5nUKx72Pksnwn9vPOmeFedNxc+KqAG1V&#10;bwFYlkMFiA8MTjYbPh6aM1chWOSA7BwALLtpERiWiUiC7ojz7GP5bnRMXJ/duJiciCfZDDTPqDhe&#10;gRzHPlYL5tV6Cmn7xbWkRqTZiUDjHQk8sA4WSYobDHsfTNkLr2rHK7oeZMmS9HL8CH0BCTeL84Eg&#10;pgZMCiHpF2DiCXFt3LuewlP7yABgkYj/L2ZmZuaLH5njmtBeOs486phlGmQjdjHQNQvBFmZaBW/7&#10;QLbC5NvgafAqPl4AJjnBpEWnFlERrq1qzaYcgJaJplAFwy8FyIXwRpZ6OQCuAYPreouo8W4Djevj&#10;ZFnWH4l/AIOm+4+DTbtExlI4c/m3AoztAAKRAwApmCtVAGdCvgGeEsC0KBjmB6O440a8kCZPC+iU&#10;YctLkbj0zajxGsqn+RzXRgcxAZQL38lvnjXtcrCLpcRDOj90Ho6zv1WAbVU4l4UAm4v0z93TiUmg&#10;CJ6XAZYtP7lUdF5uJqUYqWrb4ZOYQbeeW0sd907SuPr825uQRmwED9uKGRODNwzfH2wSYxGDoqGj&#10;cpiVEXgVvEbBQg61fluyKiQtAczo1FbIei+pSP4xK1iTotRf2bd/LcXyvP3yFrpcueicRQCnFB5U&#10;CUZx58tzz2YuBoLNnRuFC0zkbSFnE+THrGN5ArgCHCtrBvCQNzOssj1X7KXVdxfThWc9NB4cCZhx&#10;89uNLGRNiLHID/kxWAwO75FxwjfAPt4a4gnACHwIpu0EuACS8xqA1APbEE92CNPXQ4OIFiN/bd/2&#10;tVYinXAoMYm2nH1X7EDwvr+IB4gZ9chYbOzMNM5bnMcWnZyVXz6kyDJ2QbY8wDsANu+flQFw7qo8&#10;DTBw28+9RxeHz9BEcOIfTXPyd+yf/aYYNBVZS1ZbIMvNMPRDInoEMVLxe95Y1OBX/NnPMUI+LAZw&#10;X7AT8j2Ezx+RqvVT3Bj5KhwO/65929deqqVtbf3yBK3rcyFOYM6ErPIAlgszpgu5qqwduQ1mXgLT&#10;50bAXbEM4xEDWgYvc3LUQDzhrfAKsaPBPuik9f31dGG4K/VceXYunEz+mf1z365IwgdQGsTDM8u4&#10;Y7L8eCuIQdHkI6Qr6KI8WukXIMmjonEEeTbFdRpMP2ap3mhU/xv7lt9bjWvjtKF/JYIqs2s5FcOv&#10;xFgkchaDkYuEnyu2uvOQt4rRCIrBtCUYq1i61QCMM1ltTx79HGCduHGAHvjukJkyl9g/8V9XPKED&#10;nNMAgjcTeYxqAOO2CbkGlcMiRgTgc37jEmR7Cox0i2AbQqjl2BGxpF+9d/4a6+Nb++d/NLgTA7pT&#10;bChWItyyh+Ugp5ViXuQmUYX8tqIrnyoYSJxnGZcAsFqc58XXvNdbS/3DHXTfd5fgl79ergwnvBiq&#10;u+BtZ8T+f8S/HcxD0EV3DABIGcc1+SB8bqfIYApnNP1iMmL5GxOJ0J/Yt/neS4kp8ye0STp96zi9&#10;01uBTJVPJZBpIcCo4r8RtCBGYCyqQdaqw/xYLf7mWUqbL66ifVe2ipHosf8BSaZ0M/Uq9d3+vhm3&#10;Qnv0yHMwBzlMaxc7sQaYxFvYgdANMY8G5eNk+BFseRJAII4mgq9l3/+71OjM6E8S04lPHvru0ZEv&#10;dtPPz6+CkTPrckRk4AZR2zX7N4MN52tp22er6MCVLXRl7CxxOPaaU4hHkX+2Zuz89V0rPZ3wRCyf&#10;qRmDJIFZquqBwZ8jLfwAXfHZNLzPiCc0I51OHLG/8oMqNWYY97x3kq23G+jw1Z20e+B92jWwSayG&#10;6wdo4FkvPZOGk1Y6YdhfmZtSYi/mhy0fAir+C1h+sEmiqBVoiFlapX3JD7pCVvRfpbBqfSWN0Yvg&#10;GA17h2k4MExTZoCiScuCBP/NvnTuiv9vm4glLwDjsHSx+Jh9+v9EmfH4T32yvkCOyAt8sm/BhO5b&#10;oFuRBel0es53Wt7Um3pTb+pNvak39YOq0dHRn0RS8YW8gpHIQsmILBwPGgsnJUO8+vD69eJrjDiu&#10;5YX38VRqIfLVwunp6X+wb/f/o2ZmZv44OZ10p15Nu+OppNtMxt3jQdM9EjDcT8Z195OxoOf5uE68&#10;bt3309BdL1297aXL1ybo0nWsL8Zp8PokXb/to4dPFXrwVMZS6NFzlUZe6DQ6YdCUHJamTEPcl9eU&#10;Gnb7g2G3Gg67g/GoG+FV/PbsSqyx/2mvoebN+w9fYID/kIkLcwAAAABJRU5ErkJgglBLAwQKAAAA&#10;AAAAACEAqz69n64TAACuEwAAFAAAAGRycy9tZWRpYS9pbWFnZTIucG5niVBORw0KGgoAAAANSUhE&#10;UgAAAMQAAAAbCAYAAAAjziCRAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAA&#10;IdUAACHVAQSctJ0AABNDSURBVHhe7VtpTBxpep5EkZJR8mv/REoyuz9WljZSpP2VZEfaZHdnxh6D&#10;uaGbozmao+nmxmB8YsDGF+NzxgeG5r7bgDH4BNtgMDRg8MHlA2NsAwaMOd1dDdgjP3m+6mbGo2ST&#10;7M7szKzVr/Spiuqq7/uq6nne53mrivf+2HjzZv4ny68W8eqV9K+2Tfawx7sby8umf7GYJiDdqofU&#10;eRZSRy2krvOwdJ+H1JiHxdPbYdHHQqraA0tvMyz3OrfZDrWHPd69WHw51WHpOgUpPwmSfv3XLW8D&#10;pMwISIeDYN6vgnRUA0vVblgaC4dMve1/bzvcHvZ4N2LB9DjB0nyc2T8K5vR1MKV9wvYxTKmrYdrh&#10;ym1OXzXTThfreoYPpIMBkJrLsfjkbrOtK3vY4887JiYm/lbqb7gg5URDylBYyZBKMpAQ5rQ1X5Nh&#10;hyObA8w7P+Xf62De48HmBXPRNkjttXZC2OPdCKn9zJCUGwfzLmeS4CO239nUgcTY/lsu11hJIgiy&#10;k+ohtnObrBZpJMguF0iGPRbLzIzS1qU97PGjjaWlpX+Wli0PRp/PP3g4NZtn22wN0+TAJUvlZiqD&#10;ktaI9iiVhBAkSBFEIPBTBAnWslEddjpYiZLG/dKoEiSHrBx7FKwzEiAND+wF8Je2ru1hjx9VPH36&#10;4h+ud4z+6mrLw4Abt0dwof4hmluHsTBnSpN3kKTpf5Nq946Yd7vLgLeqAgmR/GuYtv0HifEbLgU5&#10;VhSDy5T/5Hbxt1ANUV/wuFSqxAEVFnuagMeP/0bu3B72+JHEq1ev4nofTp9oMT5pLyi4gV07G5AU&#10;U42EiEpkHb6K58OTkHdcMI37m6v3EuQ2+7OiEMkkwzaSQdgnoRKyKoi6gfuI7duFirxlm8SS9YTl&#10;cj4J0WQnhD1+NGFZtvg/n3355eXmx8jNuYEtsTWI1xgQHVKKhLAynDzShKnxWSshFtv0kA55kxAE&#10;uFw72MiwnSogiupkgj9VNEEAbheKsIXqIdcV/J0KYt5hIwrtk3T2ONBkJ4Q9fthYXl5WTM2aWm8P&#10;TCAvvxupW88hIrQEUSFl0KqLEB1cho1hBdgXU4z+W4/rbYfRMuXGUhXWEvg2AghCpAgFsP0t6ghh&#10;kVJIBGGTCH7ZNgnFEH+nfGKtLQQhdlEhGvLsCmGPHzwWLBJaO5/iyJE2JMVWIzK0DLrAQkQHlSKG&#10;6pCgKcfhbTVoO90O2ql/tx5kHnlj3k91SCbohSqkChKIzC9IwJYmwM4iOsVmn4SKCKUgCWTSsNiW&#10;9yEZzOnOMJ+IxMuGfI3cuT3s8T3FyMjI+/Pz8z8ZnZj76PGTGZw53Yt9GQ3YGF9NJSiHRl2GCBIg&#10;0r8YESElSCRBDu6o/7Kj61m0rQtrLD5tfmPe7cKsz+JYEEIUzrINEsvfkQxUAwF6UVyLwloU2EJB&#10;Vn6Xa4p1VoXYr4K59uiYNDr4K1v39rDHnzRMyxbF+Nzc+jt9E+dv9YyhuKALB/ZeRUIkiUBrFBVY&#10;ggh1CYlQhFjWC9via3AotQ5XzvbikqFjg62br0MmhLA6ghBCFeQaggRYqRvEuwgBflEviG1cmoW9&#10;EvaJhbZ4QbdSaFuyoyH1tdhfzNnje4tHj6avdfeMo6jwJvZnNCNGyxpBWCN1BcKpBpH++SRGOaJp&#10;kZK0pSgq6saNa/fwfHzOy9bFN+MrQqRSCeQXcSL70zYJUgjLJKyUeJokE2aldhAWaZ1cS1jJ5Ajp&#10;8xBI10/dNc28/OYLDnvY4zsISZL+8bl59pd9w89/OTI+29B9bxxXrw3hRKYR2zfWISmmBnGaSkQF&#10;VyDMvxDhtEjhygLEkBAbY6px9EAjqgvbhqanX95ZWlqKt3X738NqmdzkbC+DXxBCgF7UCUIxVghh&#10;e+QqF9/ibbUorNPWyoSQjgTD1FCI2YGbP7N1aw97fGfxclE6ODq9cLt38DmuXH+MI180I3nzBayP&#10;OY0odSmLZQO0JEBYAJUhpAJaVQEVophFswG7NpxBXbERzyfmbjzqf/ZTW5e/P6wK4UyAi/cJAvRv&#10;NfnTjLf+3sFaQ7ZUH1nrhj1ukA4FwdyQC9Od5t32t9P2+K5i1mL5mWnJMn3/8fT0NeMIyqvv4MBn&#10;zdix7TxitRWIEcD3K4HGu5B26BTCfIsRylohjiSIUhdik6YI+5LPoelCP8yS9CWx+Xe2rv/3kAkh&#10;Ps6TH5uKr1uFOrDJxTXBL2oFoQji6VIyi2j5oz6SQXzdWrQZi4O3rC8z7GGPbxkLZvO6waczx272&#10;TyJb34ndaQ1IZHEcG1WNuHBhh8oQ4peDEHU5dH6F0NIaRXI9goTQUhGiw8rw+b4GVBcY8aB3BKbF&#10;ReunGH9ImGcfvbF+vyRskE0RZPD/WiaAIIT1+yU28ZVrhiekTC0sxlqT6WK20jI1Zv+Qzx5/cNDH&#10;/2JhUTL0P5o21Dc9MhSV9hhqavqQldmGfen12BB7BhFhpwjyCtqfcmgCSxFCKxRKixQcVIoo0TTl&#10;SNQZsDm6HHn7L6HO0AVD7nVl57X7ynmT6Y/D5dKyRZIOqUmGlW+YSIoVi7RijVgnmPd5QfpCA8uZ&#10;A7D0tfzZqMKbN2/eX2niWbVxpRmtzWB4uxnfP3jwf2jrDdbG9fVvrb/dxLGGlSX7+qp/2/IbzTYH&#10;MZ+328o8Ke9/ZZv+OxU8r79Yfr2827Qo4dnsPNq6xnAiqxMZ6VeQlHAWG+JqkBBWijhm/uCgYrkm&#10;iGaRHOKfgzAqQoBXPqKDyuQXbInaKmyKq0Tu4cuoy2nE08Hx1y9fvPyFbahvF5baw5BOaGXQm3aJ&#10;t80kh/iydY87TMc0MOdvgnQxG+ZLWVmmvvZM84I503boDxavX7/+hMWWbnJyXjc0OaO7YxzUdbYO&#10;6pqbBnUNTY91Z+oGdGWGO7rbPaO41fsMNzqHcbH+Hs6cvYszZ3pQXtKF4txOnMzswNEvWnH48HUc&#10;yGjErl2XsXvnFaRtPYed9KvJSeeYraqxIdKArRvPYnNcFTZEVyEt7QLSUi4iNbkOu3Y0YH/GVezb&#10;XY/DBxpx/IQROVntyMvvwkl9F3Jy2lGsv46ystuoquyRx5fnUTeAs6d7cOXKPbS0PED3nVH09D1D&#10;R8dw+ZnTvfK5iNbZNaa7NzCpezH/UifO+dWrVz/6/2NfXFz8ucS5Ph2f193k3M9fGdLVXbif0trx&#10;CBWnelBY2I3PMpqwJc6AeN0p1gWViKTl0QYUURFKEBRYguDQCkSEnkKofzE0/iVcL0csrdPWuGoU&#10;HLtGNWi92361P7O/ezhz9sVLV9vQ3z4WJx6nWW7Wwyyyf1kSLDmxXD8IS4tB/AccLNdKP7SMPf5Q&#10;MNx2yPceS8tLxqk5k3Hg0Qtjd/+Esan1yfTFyw9QWd2H4qJuHNl5iaBsxP59jUgnQNO2nEfKhhps&#10;ZNbZkFAnf8ylpcwG+RVA61MkP4kIDihlcWawPpnwy4e3exb8FXnQ8IaofXN4c4q5zIOX60moFPnQ&#10;aCoQzuwkspfaJw+BnjkI8i2ChscH+hQiRJErZzJvz2z4eeqhDWPflH1fLz1ClbmICimVn4lHqoso&#10;96cQxWwovqkJ5ziJ2nJsXF+LzSTd9s11SEs6g9076pGx5yq+ONiEvMxWVFb2otn4FNfanowau54Z&#10;792fMvYPvTCOTMwbnz6fN74wmY2mJanFdsm+t3j15SuteUkyjnAOfZxTe/e4saFp+EHt+XsoNfTg&#10;+NFWfLavCdsTqQC6SsSy8F1PAkTw2keF0/+HlMjvDIK8CxAZXM5aoRxhQeUIpxqI9cjQIiRGlGJP&#10;ygXkHrqKjqYH6O18+GFf3/Of26bw3YflbmuudOPcoNRSMSgZawalm/WDixNjg6bJye/1/6QXlpZW&#10;jS4srLrWPrqq4drQqidjM0eeTc6i994EgfAUhuoB6PNv4tjxTmxKPMuC6zRbDeIIVHFxI8N4oYXM&#10;qkpYgJUQjHnQBpYRqKXw9ciDh2O2DHofj0z+lotQgjaAv7m7nISL10n4KvMR7FsMX5LGg9nKYV0W&#10;FDzOl3Kt8iQJCPhA9qtwyYTC+Rj86W/V/qUkTTZUzicQoMyDw5pMeLlnIzSwHCFsXiSawjUL3rQC&#10;YUGcE4nkx758SJog33wEKvTw9y2AhvOOIGm1qkKEBxYhUkP7EF2NBIInIaoK27deQDrV69BRI3IL&#10;b6GyZgC15+/j8tVhXGl6hNbOEbTfGsOjZ1NyG5+aw/PpBczMmXC2YUi+nu28rgNDU6sGRqdWDU0t&#10;fNVG31ofmuLv3Kf91ug3mrgn19iH6GdkfG73i5mXGOW96RmcQMftMVxuGkbtufvIK7qFQ4euIz31&#10;MjbTCsVFn0YM75N4PxDK6xoZXsHEUCG/M4hkxtcFlCDMO5dJhcmK23RssTqxTzE2R1Zg75az+CL9&#10;Ai5WGIc6G/sHTSZp0AaXdzcWXy+nj84tpN8beoG2myMwVPXTanRiH2V1a1INkuIJ+ojTBE05syqz&#10;MZf+BKnSQ09AU17VZfBhlvZh5vZkUxD0Aqj+vAFK11x53cVdj7Uu2QjieoBvCRwEqJWF8OS+Si59&#10;SQQfZQE8PLLh410EJxLmE8dMBFKug5mxXAl6T2WOTBZ3Vz0UXjkIYF9K3mgV56LwKoA3lcDZhfso&#10;i+DtkQtfju3JeQmFUbplIYhEVamK4fjpCRKN5OSYLi5ZHJd98TdvzkPFcYP9iuVzU3NsHa1DGFVG&#10;pciRFSeKYAqhosVpT8nkjyLJogmcxPU1SKQibtt0Dpuojqkp57F3bxMOHG6hNWxFHi1iWVkPztcP&#10;oqHpIZq7RtB8g4rT+QTXO56gsW1Y3kbA4/ylezhddx/VJF1FeQ/K2EpKbqOkoBN6/Q18cdyIXbsb&#10;aR0bsInKJsaNiaiSH4mGB+SxIDaQ0KcQ6J2PUJI8nBZIyWuk5vUVyhnBYlm0aC33C6Zyhhvkp0nx&#10;cpFcic/3XUZxVguar9zFk6EJTI/PnGV99dc2uLx7QWlvpcyPdPSMj+TqO0Y+P9CEdEpiQnwtIukp&#10;dczOIV7ZUAcwq6pLaUP08OPF9fcphsPq43BhC+C6mmB0ccqBD62LMwHnxGysIphcCUSFD0HoWcAs&#10;r4ejsx7eBLk3f1uzOhOr152Et1ch1rnmwJ0gVlNF/AlGd7c89pMLRy4dHJjZuc3VJRcu3KbgzXRx&#10;OYHVbifhxWN9SAzRlyNJJsCvJmmcCFwfAl6M9bHjCaylwgiiKb2LZVK5cF8HHu/mnMk5F8KfgBdk&#10;UnpyDAUtG+cv9tOqK+DF8Ry4v5Iq4sVzd3bRy315iv0djsPdPRcqZtUARQECOaYPLYc3iaINLEUY&#10;m8L9pHzNQtT04N6FtIq0JKEGRNOL60LKEBtRjaSYSsTHkEyxpxFHMMYzY8dHUnWpuGG0lNG608zi&#10;VQgKo4Wh3YkkIdW81oH+RQjmGDI5SeRAztWHKhfAcUTxK5KGyPRC6UKZDEJpM4UdiqSKR4QVI0JT&#10;jHiqXnJ8FVLXV8qWsMpwG73G+xgbn0Fe3o0Pmi/1ffBwbOYDi8Xywf/7PcKfS0xL0j+9MJk+Grj/&#10;wn9sUjxhGEXthfvIZtG5aQOtj8h2zBzh9JUBzKj+ItvTdqhoQcLoJVW80I6OVoC6Ox2Ds0MmrU8B&#10;ggLK5EzrRVvj7pEPFxJBgMaLN2ENFcCLmdpDUYjfKGlZCFIlmyCIu7vI4lZCeDKjhzDTiyzuTRIq&#10;mJkdmLW9PLgP+3dj327sy4832oOgXE1yCQURZPv4Y4Ke4PZjX2r/MngSpEoqhSCkMxXJiXNTMju6&#10;k0AqEtiLfX9Ka6UiiPypUq7utE4Ej4LAdVyXI48ltgezL6FaH9GWObE28RHnzzl7co5OJIkv+3Jy&#10;5vUhyAWRlZ48d1qxtU5UG/YZpCqFmvMQqikUTkXAKlkLBRPAAtAq7xz5KY6a9ixCRRvDax/M+kpN&#10;AOtYyIaRYBraw/AQrtP2BXjnIZiADuG9COB4oUwsGp6XuE8a+v9gqrSahBDkCOM9FLZTG0x143jh&#10;gRwjtER+GJGccAbJiZVI21iJAzvPQX+gHmX6NrRd7Ovt63x4dXRw8vd/VvEuBJUgbmRirqC57WlH&#10;Q+NDZB5pQUZ6A7aw0FUH5MtgCGITN9+JALdm6jyCLxdaXmhPZl53gkvc2N+uO8pG28Kb78mbrSDg&#10;fAhKJYGymtnciduVCqoAs7EzwezgeBJrnE4yw5ZgLf92YtZ3ciZQnZj9HfUyaEVmFZlf2CM3Ek4m&#10;lLIYHuzXj325sc/VtE0ursfhT5B5i/1JhrXOBK9TNpWG6kCwiozoRkXwoSqtJWHcnDJpvVgfEEwO&#10;bnqscSM5+Zs37ZwzSRjIvjxogZxpvcTf7mxernlQkZgC9B7CnrFPBxLkY87LibWQOO91BLW7GxWR&#10;cxCqJVTEk3N15fm5cimOdRPj0wYKa+jJ/RVUTj/u70nCuLF28SOZ5L6YcHyoTOIeqKlIKhLFR9RQ&#10;wtYJy8lrLgCuZp0UwON9mCyChd/nOWm4LSSA14jji2soPqZTkyRRmgrEacrlJ0epsQZkpF5EZmYb&#10;DCWdaKi7g+4bw6jKvZ5o0DcHNV7oCeoxDgUNPxgPmn02+39/VvEnj/fe+y9gn1iXGFxn4gAAAABJ&#10;RU5ErkJgglBLAwQKAAAAAAAAACEAxxEpZek0AADpNAAAFAAAAGRycy9tZWRpYS9pbWFnZTMucG5n&#10;iVBORw0KGgoAAAANSUhEUgAAAQwAAAA8CAYAAACTgYSKAAAAAXNSR0IArs4c6QAAAARnQU1BAACx&#10;jwv8YQUAAAAJcEhZcwAAIdUAACHVAQSctJ0AADR+SURBVHhe7X1XcF1Xlp1sf3imXHbZXTPjVHaV&#10;q6vsD0/ZM9VBiQl4wMPLOSI85ESAOZOSqJxFCjnnTBAMYBDFHEBSEMUMRjCDBANAEiQy1cPltQ/e&#10;dPnDnpqe6ekWpburXuHh3Xzv2Wuvdc4++770T2njz8azJ7+fxPDE2G8/g6NPcffRE/TdH8KVB49x&#10;k3977z/GhVsP1f9X+ZFlAyNP8WR8FP1c92+3HX82gfCuNdNMsxfVnuLpn42MjSU8GhkZG3gygr57&#10;Qzh+8R66z/Sj69htbNtyDtu2ncfmrRexvvMcWhq/Q2Ptt6irPYaqKv5tOInCL/ejpKQLDTXfoqHx&#10;OJqaT2Jj5wV0bDqHjtZvsXnTaew7dB3dJ27j2u1B9A88weCTUfB4zffvP0n4/vvvI8Ono5lmmv3Q&#10;7O7w8F/cfvBk57cn7+7cvPVC99aNp1Fbuh+FhYexZu1BvLdqK1Yt34S33voaq1dtxxtLOvHmoo1Y&#10;ltuKJXPWYcWSLVic0YRF8zZh2ZyNyEyoQVZCHZYt6sSi+RuwKGcd3li4GSvnbcSCnEasXLwRq1ds&#10;xZvLNuPj93ai4LPdKFyzi6DzLdoajmNz87eD69ef3nlwX+/OrsPXd/b03N05MPB05+PBkeTwKWum&#10;mWZ/KAPwb8fGxv7LwNAwDnXfwradV/DZh7vx9vJOLMhowcLZHViUtR6z01qQm7YOOcktSA1UEQQa&#10;kJ3ejuzUdiS7K5ERX4+sUDNyk1uRFGpBVlIrMhMbkBKoQQY/KZ5aZKS0ITeD6werkewqQza/56a1&#10;IzO+ASF7MWYnNyHkKEE2/5+bsR4L+ZkbX4f5qY1Ylbse7775FdZ+2YWKksPY1HoMO/deRc+VQfQ9&#10;HMLY5ATGnk18zev5k/ClaaaZZv9YGx4e/vcTzyaWXbn/eNnh7r5l3d/dPrVn/2Ws33QGaz7di3dX&#10;78Ci7HYsmtOBnKQ6pIWaMI+gkU6nT3CXIyd7A1lDAxJ9NcgmQCQG6xFyVSA51MB1GxRwpCcSVGIb&#10;EW8tQ1ocf0tqgd9TjSR/A2ZntiMpWItUbp+Rug4Z3Eeyv477rlTbx3rKkZncrMAnLbYeGXG1SI+t&#10;Rqq/EvNnr8eiuRsxJ6MZqxd24OMP96CivBuNjSfw1dcXceDQBezde6Vh5/5ry46fvLPsWt/DZU/H&#10;RpaNPRubFr58zTTT7Hexp6MTV3p6B7Hr4HUU5R3Eh+/vxZJFW7FgdivmhsgSEusxO6ERc5OayQia&#10;yRAqkZvSghxZFl9NZw6zBG8t0vxVSCQQZImDk20kxTbAYy9BTkornbwWSY4qZHLd2fx4/NUIuMks&#10;yDqSuV4a/4ZimxDrrUJcsA6pqS0EjyakJLaSnUyxGIe3DFlkIFmpbYqlJAcFfFphtVUQTGqRS2Cb&#10;w2VzUxqwJKuVMmgd3l+9DXlrutBcd4ws5DucOnsPF87efnCj/3HPyMRoQ/g2aKaZZv8/GxoZ0d8a&#10;GELHlot4Z/kWLMlsxYK5m7AgZx3SyQDmEBCy0uioqXS8eRswnxE8I1jG5esxL7MRC0PlWLVsC5Yt&#10;6cTSeS1YOr8dKyhZls5rw9LcdryzcitWLtqMJdktWJTbgiVz2jE/lw48vxNzKSUyUuowJ7ONMobM&#10;Ir4KOemUOAQYAZdYXzVShE1QyqRRysxOa4PHWY54Mo54H9kFASKVIJWV1AaHuQR2UzESM9qQzP/j&#10;ndWURGQp8Y1wWUu4TiNyeB3ZZDjpic3IDDViXloTlhIQVy7dhjXvbEVT5RHs2nkRPWf60X/vMYZG&#10;R38hkix8qzTT7Kdto8/Gs0+du4umxuP45L3dWEYHzwrVYGFWGxbldCCXTrY4tQoL0xvw3urtKMw/&#10;hPz3GaXf7EBjTTeaGr5BS8lObG47ge1fXcD2TSewqeUotlHCbGn5lr9/h84t57Fl4ym01hxGY+0R&#10;NFUfYYT/BjV1x1G4dj8+f28bPvxwN95ctIHHbcaS2eswP3MdkuMqCRYNyCQjSSFwKXBIaIbbUYpQ&#10;fBNS09sUKwn465FLYHA4q+ChzEkkEwnJepZSsp9WSqdmBG1lSI5vQCpZiN9dhTR+T4+vo9wpRzZZ&#10;ytzsDmQn12P53HX44osDKCs+jA2tJ3Cypx8Xzt859fDpyJeUaivDt00zzX56duHag4ctzSefrV71&#10;FZbktCMntRkLcjdi2dwOLE0rx+fL16OZDn7w8A2cO9WHh4NP0NZ25GdtFTt+1vbFjp8dOdLDz62f&#10;HdnR87Mefu/puTX1+dvvXPbb3/iR9dQ26u+tn42Oj+PJyCgePXmKKzcGcfb0HZzouYc9jPCdG8+i&#10;pOxbfLHmEJYu3oqFcwgm2evgJ7tIoxyZnbke2ZntiPPUqI/bVkIwaVF9JhZKHQvZhcdSAT8/yYF6&#10;SpkW+AkWXls5XBH5SAjWIIcsI57rGzxlCHIdq7uCDKUQGWQoOVkdyKGUWpbdivcWrkd1ZTc2dp77&#10;zbETtx9evHj/YfgWaqbZT8faWk/jXUqHlXPbsZjSQOTDJx/sQWXJEdSV78fxo5fvn7l0Z8vw+NiW&#10;4YnRueHN/kls/NnklrFn41sejg1v6bs/tOXStYd95y4PYG/XDWzuPI+y0m58/Ol+MiCe55yNyCUD&#10;EYeWPo+AqwKJDgJDXDNSk5pgI7OwWouREKiB3VIGN8EjI7UNJnsFLMZigkYZ/N46pJF9JPgboDeU&#10;QEc54/PUwmKtRNBTjXSun0DmkhJXQxnUiKULOvHx6q9Q/eUutNcewoWTN3Hr1kDexMSEJXwJL7xN&#10;Tk7+1cT3E5ZTZ+9aCIon9uzvRWPDMbz7zi5e/2ZkJNTA5ikhKNdQKtbAbCpXIByX0ASTsZT3mTIx&#10;rhE2bxXcZHFObw1MlnLF/GJjG2B3VMLlqUcq17FbK2AiG/Tz/gd8DZgZlQePuwYBrhcZVQw9lzn8&#10;dXDzOZltVfAHauHgs7S7qhCKa4KT61q5j4RgI4NFBQxcFhdoYABoRCTPy85nbbYzcJjy4OK5xFKW&#10;eslGbY5qxHC5wVrO9sFz57nozWXQWUrgZDuR5R5fHeKlvy1Qh6iYIkRz3362DRndc7hqYODxfN5q&#10;GBmMjPZyxMU2IpUBycb/HZS+BifP3cb74WMQYvCaxu2NPFc//4+xlylGHExsQgzvjYW/h7i9j9cZ&#10;762F01Gjvsu5CBN2UnabGCS9vBd23k+jtZTn3ISE2CbYuU6sDBbw/rtc1Yjz1iOdkj3E/SdyHyn0&#10;hST5zueVxGtJ53ryySTjTvVXId1XRInehvmz24kBbfj8oz1oqT6KI3vP4/Dhq7h66xGu9D3eMk6/&#10;fOnp+Ghbcd5+vLe4FXmrOrCh7Ti6v7mKhtrvfIeO3PSdO3fXN/ZsbHq4Lf3B7dnzZ78aHhvz3bw7&#10;5Lt47aHvSPdt36meuw0nj9/CgQO9aKrtRv5HO/DO2zvV6Ei6Gi3hDaMckRGVODboRN4cacAuaXCu&#10;StVAY3nTU3mzA1zu5O9edx0sfHA6Qzk8XjY4PgyXtRAeZwUCbCRBPrQENp4k/p7GB5oSV4G5GY1Y&#10;vXwj8j/dg527e7F335W263cetw1PjFWET/+FsicTI2UXbg22dXX3Xd+68QwK1uzDp+98jYxkykGC&#10;coj3MUAG5ico2+gsbjZOHxuwk06mt1fCSECw05Es/G6ng7g8dfBweVRMMWIIzl42enF8Gxt4HB3a&#10;ToC30EnNBGenswYOOmi0sRAxjnIFFCY6uluclf/PMNL5uO+ZpjJY+QzdfH6yLyO3NxpKYeY+BTy8&#10;ZJmynp3fIwhMkfpiBRgOPkMnnVvYo8lcTGcv5XrVXEbn5r4UYNCJY7i/JMrcWAKg3lwAg6ucwFfN&#10;cyihsxLI2F7sPL6D1ycgaOD+HTy2j23CyOPItQXctQQqXhP35eU1Bdge5VojHLxWgomdYOSWc+Qn&#10;yH06CLBynGBcHeLk2LzHbh5TgE0kt5vXYmP7C/EcYwUwbJXw8V7LYEAKlyfwuTh4Tk5eTwIlexJ/&#10;TxQ2zWVp/lqEuCyD5yCDDukMjmnx9BHK8IU5rXh/2SbUrNmB9S3f4eCeSzh94vrTrzaf8Z05edt3&#10;+8GQT3xvbHLSF24iL71EPT7W3nLiWXPxfuzacGz8yoV74zfP3f2f4cU/aBsaGRk/dfr2+MH9l8fb&#10;mo8TGfdicWYLMnkzskONiCMIpBLBpWMzmcjvYeMwmClFCCRyQ6Xz1O/iw41mo7LxQfPhGvWl8MXW&#10;cv1WNgiChbkUATbmrFg2/mCdchC3vRQhRrosonI2AWpBWgs+fG8PWptOoOvITVy//XBg377rf3L9&#10;+vUXItdDzlPO99Kdh3cPHr2Fyqrv1LB0JiNTZkqLyn2JjaunY/H+xJTBx+hupXMY6GhmIyMrnT+K&#10;9+rl6AKEJPpS3unpALECCvYazIrMh5GN3EUnDPDjpKPEEnjtJjohnVr2ZeFyC5+LLNebyQpiCpHE&#10;Z+DzVCHKXoIISk29pRKzyAo80nlNJ5BnGWUoU04b5WDE5fE8LgKSnBvXdzCS6wz5inUIA/Hx+fvp&#10;nGpfBD0/z9PB7azCNBmBTQJgvB45BxudPppRP8JWTAcngNHZ/bwfAQYQm6GIzIPsgCDh4flIP1lC&#10;oBER/B5DphFLxiJgJ8cKcl8uXoOVy5y8FwbuJyFARsBzE7CKiuS9JZAGeS/lenw8ro/A4JF2yu18&#10;CfVqfQ+vV5iNlyxDwFiAScAkxPaYTBbsIkDJNoncT6YES/5NCzVTbjexjdapAYucjHbMy6KKoI8s&#10;4afgva3Y0HL82amjveO99Pu+i/3GcJP4u2302egrk99PloX/fSHtydhYWV//497uU7exafNprP1i&#10;D95442vMz92ABF8VZUo9JUsl/GQN8QQGQWszaaqf3518uGZLEdlILeL58GdZiilNyhAUusdl0ggE&#10;+fWUONMY6exEdxsbg4egkcj9+ETeSCIZG9TClCa8OacJzeX7sG9HD858eyXjXv9QxvPnz/80fKo/&#10;CBOQ6L83lPHt8f6MA4euoLriCJYv3sJ7Qyf2VqiGbqZjiMMGxAEICDpep9lcpBiERGQzG+4rBIlo&#10;/q7jcsUUhMrTkaLp9K9S4k2LKSBAk8URmK2k2bN4/4zc3kzQsREA3BKNSadnmooQGVOCeDZyO1mC&#10;n6BiIFibhb1w3zY6m4lOYiNTkOUmMhyzsYTHYgSnsxsIHB5GZD+fs5HLXASgIEFCIrxIlgDB3iuO&#10;T3Cw8JrMfIZOGapPaCBgVSJaTykarCVw8DwJKBYuMxBAYsh4RG74yHSCXOZxl8PE++LibwGur4CI&#10;y1yk9kZes5H7kQAj0iuWEsNMwPFQnsTzmCJtbGyDUbyuIAHTQdCyWwgK/kaEeL8tbEMB/uaWDnxK&#10;tngCo0geBwFTwNRkKuX1VpJZTHX8xwvrDZJV8PozExopw2rYBhuQkdiIXMrn+bNb8caijShdu08l&#10;MW7t7MHX29gmz9zGme6rzY8fj5T9pHOPJiYm/sfYs3EMDA/j9MX7WLfhPL788pDKQM0QRsDGkcCo&#10;kkzUtvMhxEStUXQvxEYqrMFDaZJIYJgek0dHKFSaND4cLfR8iCY2LKHBCXzYonGjGXlFpthIBSOj&#10;v1SZqDl8cInUl4tSavDhqs3Y2vYdes72Y2x8vDt8mj8IG5sY/+b42XvYtO2i6r/KIdilsRG62cCt&#10;NkZNRjM3G7eAo3QEmxkZI0WPswG7GGVdsVMSYqahEK8b8ujQpOV0fh0BQaixnYwtMroEM+hcCQRh&#10;O5eZuD89o6CVyw10aLezlvutRIy1HLPMJZhJ4JG+izhGaxfXNxC0o3guVn4P0DH1/O7juUh+jZms&#10;wcLnIkzFT80uwGDmfiw8zwCjq48AJaAXSmqZOh7Xt/FYNgKVMB8bwctOR5ZILYAmfQ1eAkKQ7cPE&#10;40ZTbsizlj4DL+9BIL6eIFGqmJCVz95HB07gPZD24We7MPK4Tt4DL4FEhu7lHsSTlep5XB8DkUuA&#10;lEzBSYePYeDx8V4EfFyHzm4XJsL2mS4MloBk4T6SeM8S2f483K+bbTWB5+bkfmPZhkUaSmpAIplw&#10;eqgBqfHVZBCNZBDrMD+jDUuy2/HhW9tQmbcHm9cdx5UbA7g3OISnI6O4c//RNAEJBrB/GW4Kmv2t&#10;jYyM/Id7D0ce7um6qXIr3lzYgbmZ7cgIUQeyoetIE83OMoQoWdzUklHRZYhgRDOyMUQyOkqDFDCx&#10;kjr+VcSXjI58YH5GDjY4MxvcX0fQUfjwJQJLpPGyEdgYdWcZSxERnc9GUIN56e1YtXgrivIPYevO&#10;Xtzsf4ThsfG/efr8+Z+HT/MPZjfuPv5vQ6Oj2H3wKgoKj2Lh7PWYk9NBBiaNUYCCFJzR2MoGHC/O&#10;RtAwkKJHRhTRmUuho7N5yR7MXEcfxftBR3Gxob8Wk6/ugZv3RhiYdBAGGB0lcgd4n4TF6Uyk32QK&#10;EvWNthoFuvEE51mUEwbuy0vHcfhqoKNzmMkuHGQR0mkpDiodqiIJBKTFgY28x7EErlQCnDBAGR1L&#10;pINJB6GJz1U6MUVySmekn9dmJ2MwKbCrVZHfwmM4xMkJ7FYyCAEWr78abo90wE5JLBMBzESAEccV&#10;oPF4SuAiU42TfdBJpTM1xlbAKF+DOJ6ji8dO5f0KsR1J8LESKIK8j9LPIEEllkDh4nlIR7r0kaSS&#10;GQTIhkQqu9iGpEM+i5IhJFKZQCBZz8kMPgGek3SkJic3ITe1FbnpbWoOlozavb2qE59/shf5729H&#10;dfF+dNQcxtF9F3D+5PWBwQdProYfu2a/iz179mz64NDwwD6CRm3lUaxY0InsBKHNlUjlg3SS1gWp&#10;JxP4sKPZQGfRaYTm2viJMpB1kAL7PHX4JXW4XiIN1zXQcSxEe6HjOkuBoskCGDGk1DpSUmk8Zupz&#10;m7UMaXzYGcmtmJdah3dWbML6lmM4eugyBh48rg2f4h/MrvQ9nDzUfQOffCBSrQPJwUoks/FKR66J&#10;0d1tzFOOIA7uZqSToWZhVVG6fOXMDkZyGT2KITV+OYqAKwBA5xRQEfZgFBlBB46MKaWEa4aLUV46&#10;D6MIFtGGYt7rWoJzKyy8f4kEYhnJiOZ9MggL4fp+7ks6pA2k5SY3ZYi1mlScbEH6F+iA4lRGYRYE&#10;jEQ6okwZcBC8PIzmQQKDm84YQ5kjLDFEwIokm5HRA+kfELbgYcT3UmrYCY5eOrOX1+ShTJE+hDhe&#10;c9BJqUAmKRnDEvn9BKUEnr+fTEBYTFwcHZ+RPo6glcD9+gliKXTwFBkdIbtMIwCkxXEZlye5S5HI&#10;/c5OW6eefwqXJXgq1d80gkFaqFGNUmRzWRzPRWRzbnoLctLXYe7sDszPaseC2W1Ynrsey+ZtxqIF&#10;m/D2ym34eOVm1Kzdjabqbuzf14vuE3dw8ngfei/1Y/DRMB4/Hn579Nnor8KPXLN/iEmGZtexmz+/&#10;ffdh3f6uG6hvOok3V+/A/DmbkMxGkMCG4rJTA7ORONkITEI3CSCit6frCkkp6xVQyJCV0OSZs/JI&#10;ldmA2SB0lC6vGcgm2LB0Eokjpr4nsBGZqKujub4MM8q22WkEDokO6TUo/2zH0yM7z125M/DkysSz&#10;iSXhU/292+RvJg+cOnf3SmtN95W3l2x8viy7mdGLGpgNVeSHgw4bpLYWrSwRUABS+hW8+nwyCS6n&#10;Y7hMZbDT4XS8R9NNhZhJVuCO4/Xx/sTQeaVzcZq+CK8SRDwEVyu1fAQBwkRQjmL0nMn1ZBhURjxE&#10;2li4PEAHtDIyWwg00h8SxWOb6dh2/h4TI3KDgEXG4qWTCwjJumqYkaxAQMxLMJPtfAQUkQgJjlIV&#10;iYURCFMKMjJLp6DVWKSAL5WOm55I52awSE+pw1xG6KULO/HGkk1YuagDH7y1HR+9txNrP9qN4oIu&#10;5BUcwRrK2U8/2K2SCVcskZnSnfzbiWUL1+HT93aoUaTqvL2oqjmG6tpjKPx8Fwr4KfzyIArzD2Jt&#10;3mF8yc/na/cj75PdWMv95XGbNV924Ys1+/Hhm5344I0OFBUfRUP9MbQ2Hcf2rT04ePQGjh6/je5j&#10;fTh7vh+nLt9Fz+V7uHbnAfrvPNzTUtv18w0bzv5c2vTZy/d/fpmfm/eHfj4+Pv7z8GPX7PdpgyMj&#10;XSfP3Rvc9tVFRv3N1H1NqoGlURem0pEiSKn1dCahr1HU5zo2Zj8jSQQb/owoabACKjWq824WI97L&#10;UXn4xcy1KgpGk3lERRVRs1dP9bLr8ri/fLhVpxS1MyNgyFWo2M3bK7aqzNrT5+5gYGAIly7d/9/h&#10;U/xH2eTk5P+68/Tp6ycu36tpXX8abyzfTmnEyE4q7ud5y5BywFNOHU1mQEeLZ9SdymmgvGC0l85N&#10;J+VUZMRasqUamKnNIwl8OrKPaEo1G0HEQWCIpmPONBWoTslXCBjTKVtkFEk6AWcRMKZHFynJ4SZI&#10;+EVKcD+/olQTGWEzEVDMkpcxdV8klV/knIxQeAScyfw8PE8rwdvLj0gkH4+bQJBI5L1T+QTBGsqq&#10;ZqyY14E3Fndi9aqteHdpJ5bkNDIyN+PNpZLq34FVS9bj0/e/Rk3+Xqyv6sLOzSexd//VvgP7e7vO&#10;fDP1uXD+Xldv36D629d7t+v6rcGu3v5HXed6B7vOnerr6v7udtfhA1Pr9vQOdPXdG5r69N7ruvto&#10;qGtw9ElX393HXX3cru9B/2+X9z7gb/KX29y6fLfr8nXul79d5rFkv/Lb3cEnXcMTo10T308cCj9C&#10;zX5oNv79ePTw8CgO7b2Euqpv2MhasTCjBXOyO2CgtNDrv1T6Mo7RSTrYpDFbGS3NdHiRMGaCxSu6&#10;NWzctWrs/tUZa8lCGpRGf4UAEsl1ZXjNQgeU4TNxDLeTQGOrUg3fxYibkUwKmt2OD1Z2UIPuxulT&#10;fQ/GJidKnz9//q/Cp/kPsqHxkaOMPGhoPoXczEYkk0arzFeek8qF4PlEROWrYUbpBHYwenslehMw&#10;XokpRCRlldLuXB4jLIJ/dcYSRn4yMQ/pPSO6jDb4+d1hpCwjwBptBB9KBunM9BJMpP/n9VlrCbKk&#10;+QRbyYGQkafocH6F5Lx4pC+CrC4UrEOAAGF1VMJJhiMjUtInYbXkw0j5I6MGIjOSSfdlWHBFdiM+&#10;XtiMyvc3orXmKHZvPI4j+y7hVPdVHD98BYe3n8LRXT345sh1dB+9jlNHenHr6n08uv8YTx89/WL8&#10;2Xjm6Ojor8O3SzPN/n4mQ533hx/l9l55gF07zqv5LMsWbqaubIbPxoYutJegEc2G/arhS+r3QpUU&#10;JJmEElVfjsxXyUHSoy9yxEbN7pSOv8gSzJj1BTVzODmH0VE+0WQmEmWlv0McSHr4xZlinUXIjS1D&#10;8cdf4fjpfvT0DP0sfIq/k/F6/vXw+OjY/iM3/ua9N7dhQXYTnZJUn7TcSeqvGA6jegQd325eCwcj&#10;dyr1ulB6uR6Ln0xCOjTp9HK+MsysjynGqwRQYRgmq8iCehhMFSq3QrJk3QQNkW4CNtJP8GpUAQGm&#10;RAHTr/ld8iSEnSn5wv3GmCVXoWyKVXhlqJX/R8v6dWq0wsjlXh5b9h2py0cimcTsULPq8Fs6pw2S&#10;b3Po67O4TJr+ZGQEw+NjGJ+cwJEjt/701q2pj3z/v/+f+jz/U3neAP55+HZpptk/3KT+x9iz8XOX&#10;rgxiY+d5vP/210iLrVLDWYmMgEZDAaw+6VyT3vcylYNg89Jx6FBmcUY6v46OqIsqQbzkb1D3zxTH&#10;dNaqTlCruYRgQqfid52AjIwcmCsZ6fPoNGXQu0rgMBdj/uwOlJZ349CBK+i9dH9N+PT+TrvzYOiz&#10;nmsDaGw5Q1q+A/NyN8KmZ3TmMWVUR4b4JBtRhvVktMBM55dEJcmncEoCE50zhlJD+h0kP8DFKG+M&#10;KVBDkJJ2PIMOHU1GIedsdFaoBKcZvAcGsiVhTgI4Dn4MXEeyLc2UIdG8JisB1M3jSCfpzOhiNXwq&#10;WYwBgoB0egYpUyTHwGOnLOJvacltsFtLkeKvRJa/Agtz1uGjt7Zga/U+HNl1FvcfPMHg4Oh/Dl+2&#10;Zpr9cU3yOB4NPLHeuPUIW7eex7vL2pAWzyhMKuyNI3uglHAyOkYY8hmF2cjjZYhwasw+MbEVr0UX&#10;YJquAH46nThGNOWIidHYYChXICMJTTJUF0kwEVo+k444jY7tosNaGakNhrVI9lZhPuXR5x/vwe5d&#10;l3Dp4v1Osobc8Cn+1iZ/M9l57+lwZ8+1wc69B66hvOxb1YmXlMRjE9R0dFJJF5akJuks1PGYBkOp&#10;OleRDwGRKE5G95gyNVRq4m+R1mKVyi05E3pLkUpg89KRTZKpKJ2OBIwo/rURMLyxXMdUzu81qs9B&#10;QEGuN5DQpKSMhdcpbEyGVnVRhYgmSxEmJvdFOkYFeL0EFbfcx9gGlaEoQ7MhHiM9WI535zaitfwA&#10;Du06hwe3B3Dh1FXr6MSEVauUptkP0p6Oj35xbeDx84qSo3hr+TbMzlivOtqEogfpTE6rZHtSbjDC&#10;vm4oxEw6p4sRVLL9Yun80nkneQCvROThtcg8JMc3q05Um6UK03Wl0FPbv0btb7HXKCou8xIkocdE&#10;2ePV5yE7bR2WMcJ+8lYHdmw8hYFHT3FzaOjfjU6Of3SVWvy7s3fVzNkP392DBbPXIyuuQfW5iFyQ&#10;zlmLX1KqpVOSFJ+MIYp/f81zMZLVyDwGnZOAQgkyk8wiRrIc6cTisLNsZBqM+npKp5lRxZhlLVGJ&#10;VNKPEakrgl5HUHFWKlkWYxRpspb7IGgauS7lhctRq0ZAJIdiupH7MhWr+5Ea36QybBN4Xi4BB66b&#10;5K5CJiXR3PR2pFPC5CQ1QqRUZ+t3uH5tYDj8KDTT7MWw8cnxzw8cvrl980ah+l9hXmYLNXUFQgmN&#10;dEJKC3EGAoPZXYHXdXlqspXPXaeStqSjVGa9ziQI6BnJpTNPZioaCCJORlfpFDVTKohen8HI/7qu&#10;UK0j1N5IIIll1E+Mb8CcUB0+eXMLOlpPYueOHuw/0IuS4iP4+IOdWJC7HjkElkRKJSsBLMT1fZL8&#10;ZCEAkFnMoNP+SpeP6RLh+f1lOrWM3BitlZQUpTASBGQilcy6VCnWHm6jL+L2lTBLf4awBoKPlbLE&#10;Yi3DDLIE6cdwOyg7uL2FwKHjdc+IKFC5EXZej00xEC4nmJoIGDKnQxiI5DVIPoSL9yKO9yveXYY0&#10;spyFmW1YNmc9vnx3K5pLdqG57WRRb8+tvLt3h/8y/Bg00+zFsSFG9eGR0f3Hum+itfYbrFy5Dbmz&#10;O1S0NETlKY0v4/0OD52OTiEdf3pzEaYx8kpWos/foJKbosg8DJQrwjq8bgIGHUuGJk10rGnU/LPM&#10;BB+uH2A0l3Us1PwyfyPE7bNkMhEdODNYi7lpLbBROkheg4vg4JTJVozws6S/hI6aktRCAJua1TmD&#10;zEEXw0gfkY/XCRqqP8FWhV/z+yt0fjmOYj2UDWZDMeVDtZocpUYxeH7SISvJawI6XrIB2b8wC0nI&#10;iiEoSlq9ZExKJ28grlH13UhqeKS5FH41QUxkRi1kCrbMEk7iNWSltCE7sR5vZNfjoyUd6Kzrwsmu&#10;yxi49+jEzQs3f7l69WqtU1KzF98ePBg6d+zbm3crK7rxFkFDamwY3aTgdIogHVHmnciMTJnoJFOY&#10;jaYi5Xjxia3KUSOjCxEZU6BAIJbObqHjylRxmZ8hsxSdZABmbu8isxDg0ekLKAEKkRxsnEqGomPK&#10;eg5uq+e+JU3aTbARySAjD3oCxOt0VpnG76QkmB5JyRNZoGo6vMZjT5OsVQLSDLIK+V9mVhq5fUCS&#10;owhykfpSxEg/h4usw1mlhlPl2qS/5TUCnYOAIcxBJUPR+X8loyG8ljiyhiiyLekrmar7wH0QvOJ5&#10;P2R7GRGK4zIn2UgaAS87uQVLKLXqC/ZiS/muczdPXT03PPDkXPg2a6bZj8dGn43+4v7j4Vvdx27i&#10;/bd3qE7G5LhaNd1bivZY9IUqszApvhnJYQBxke6rXAZSeen0FHovhXpsBAwdmYE4rotRW/oPZhBQ&#10;jDF0Zjqk1015wo/UiTCQ2pvJUCSyy+QtkT4iXSRfYlbk1DwMJ51eAECGLs08RgQBIkI6OGXUgr9P&#10;J4NQfROUG0YHWQ73IXNCZlGmiPxx81gy49MkszgJAFGGQpiNpXC5KZF4rm7KJSkBYCN7EPlh4Pdo&#10;XpMUyZG0br1cIwEkMdRCQBTmQ0Dkfv1cHrAVITOuASvmbsBnKzZh99aeowMDQ8vDt1UzzX68BuDP&#10;Hj8dxYbNF/BF8TfITW9FLOWInU4ptR381PZST0MSj4J0sshIOiqjtPQpyBCnzL8w8jcTnVWmVEsW&#10;pYu/CxOZSSkTNeNL/FKXh3g6njiisIdXyBRkDkcc15vJ7WWeSwyZiV5fpIBBZJB8JCsz0lgIHeWM&#10;pGtL/kMkQcPCY8jQqC6SrIfHVZWkKH1kBMdOaeK0S85Jg5rEZSWY6blPB2VPNLeRvo2gn6yFIBBj&#10;JVgQvPTS90EWM4vgEWEqUGnwkodi4vnI94RQM8+ljPdFCr2Uq+Ity7NbUVd2GPu2n8bYxERx+HZq&#10;ptlPwwZHRpIvXH+4q76mG6uXbkR2qA6poSayC6nsVaJK14nzSOEUBx05OU5KqVHzm+lEpP2SMSr1&#10;RoWZSMGXKAKADIcq5iASgABjo2PPjC5HlKq90AAfl8nIjFSIMpINyPCnAiE6uJR5E0CJiilXSVbx&#10;MpnL14CXyXqk49LCY+qEcfBYIh1eNxEouD8/v8u+RFLIaEhUVAki+b+kiptk1iXXS06hrOJxpQ5E&#10;LK9NOnylv8Mby+ORhUhnp+RUxPO8EnmeyUlkWMF65Ibq8eny9dhQ04VTRy49uHPxjvbeF81+2nau&#10;995Hp8/fQUPTCax6ayfmprXS8ajpCQBSKjCJoCGzMG2UFELZJWKHklrVJC+ZFyGl3gwypEomYfdO&#10;JViJI+tlejUd38PtpWaDJE7N0hWrLMyZMrFLmEKgDgZ35dRELzqu5F0IODnILHQ8voyI6MlMonXC&#10;LLicMkRStyMJIJKibeZxvfFTciTaWM5lBBPKCOnclKnnqr/CVk6gKYWTAChDyIkEEi9ljo7rS0Ec&#10;H4FBOj/TCBIybTvJV4slmY2oLunC4UOX0PPtlbqb/YOh7/H9rPAt00yzn7Y9+/5Z1aWL91FTfwKL&#10;57Wrd6mkuCv4qUE66bnUSdAzcgvVF6BIIWAE6bxSHtArWZe+cjKFevjozB5fNZISWxjpi1WHoySE&#10;ybCkOPQMgoLBUY5ZZB0iQUQm2AgWBmuVYhuRDgGNqfJ3M6MKMM1azsjfoIDDQqYjuRWyz5e5TEY7&#10;zCJrZH4Lt9frKS9cVWr6uYvHcxNUpMK611mrysj5PPWqA9NPueUheIhksTsrVJlDuZ70uDrMzmjF&#10;sswmrCvYgavXH2hv2tdMs7/LzpzvP7S+/Qw+/GgfslObkUAH9DFC++lYVkoCGS2QNPFIUzE8kjZt&#10;lyIsUnS4TkVnKZarNzDSS/0ICyWHrZpSYqrSl3ScSj9ItER8MgEZro0W+aHnvggWLnsN9JItStAR&#10;lhEZXYRoUykdvEntXxKvJH8iKobMQs7LVafK3Ol4HJkHIqM3EfyuhnYpK5wENxkKFakhhWlCBBH5&#10;bpN1CIQyGiOdm2kJzaoS+5zEGhS+3Y59G0+MDN5+WD/yYOQ/hm+LZppp9v+ysbGx4OMnI9hz8Abe&#10;WLkD2QkNcFmKEXRNVaKeevlSBV6LyCcTqIaZIGAjw3CTbUj0lrL6s0wliNHlI+hrUL+/ZilQadWR&#10;dHiZDRtllAI39TBStkyLkuSrSjXCIv0PwiYk90I6Ws0EHRmliXGSvfDYMgdk5vQC9buaPk7AkloX&#10;EVFFsHBf8pvbP/WbwV4OI5lIjLlU5WlI8VkpUCO1KGOiC1TBGikMlEQAifNUYUHmeuS9uxnH95+X&#10;2aB/tArzmmn2Qtro+Hj/7n3XnhQVHVXVmpPiqpU0CXgqIaXqkxmZpQPUxf9Fitgtlaqsm0wGM1rL&#10;EGXIh5cgIKMcMrIhHZFmOrX0W1i5nZNMQuaEiKMLGzBYpfbm1LRwM8Fl1qw8xPrq6NgydFugMkil&#10;CK/JXAGbg5KCjEOStmQOi+zXTiYiuSQCDDPJQARwBCh84exNmfdh5zH0xkLE+ylbpD5qmryrtgWr&#10;MqtR9dH2/n07Tn8RvnzNNNPsdzV5l8u9J0/vywzSt1Z9hYykZsS5BSBqVbFdp5q5Sad0k+aTabgZ&#10;vUNkGVIyT0rAyXCnjG7YyAwkF0NGSiSRK4rg8nJkgcoOlVyK2PhmzNQVY1q0pH1LDY56bkPgobwR&#10;KSPAEiFDpTI6Q1CR96/EUG5IgV5J/pIsTMkRkRwMH6WHSA67qRzJqlCNvBOjgoBUTClVSaBoUOXl&#10;JKciN64YtXm7cWbfWa2vQjPNfh82ND7+8wePhrFl6zksmb8RWanNSJGqz4z+UoEqKBGezuqUIVb+&#10;tRrL1UQ0yeGQfAddNJkCAUCGMKUEniRdSfk7ydqUKtsOO4GErEMXPTXKIvUnbM4qVXtSWMJ0k3RW&#10;1qlp92ayiGRKFmESEQSTCKvkX1Spl+fYJSFMXwobgUUqW0lORqqvihKI5+iuJphNDbump7RhUWYL&#10;ila14dD6Lty/8/BA78neF+IdNppp9sLY1euDn+7cdw2FeYcxL7M9/DpHqSRdq16cpCpJJzRhpilP&#10;JVlJCrbkZtgY6UVaRNPhp0VJ2UAZDamBxSJv+apVJfGmRear+hVeT70azTBRhkSSDURzv0YyBq9X&#10;prFLYZoKMguCE3+TOppepwBFpZrFKtP0pf9CRnIyk9q4Ti2iyFpiuV9hGn6CUlpsPRZmNaHknQ24&#10;0Xu3b2xs4rvw5WmmmWa/T3v6bGzat6fvzNu4qaf4k3e/Rk5Ks3qfRIh0P+StRjIjuiRgRZqLVH+E&#10;vMtCgEH6HmboCzBTErOsBAn+r7NVwE1pIOvJFHJ5pYFT+iWkI5PAoCPLiDASOAguUrDHRNYib/Ey&#10;SSVuAo/UwhAp4yfAyLtEpPReHPcbJLBI6T0pZCN5FTKvJeioRFpiM+ant+CjFZuwd/MptK3ZMu/6&#10;5dt/Hb40zTTT7J/KBkdG9EcOX0NB0VHMphMGvVWqmnVcfAO8kitBJ5X3uEp0t9DJZf7Gy4Y8TIuW&#10;yt4NMJNZWNTEsAq8ElUIQ0y5ekmQVLyK4Xc1bT6qGK8bytTIiJTrl4ljUnbPSOe3xhRNgQvX10eX&#10;qWpbekoVA9mI5IfIyIeUyLNZSlRtjcxgOZamN2BH61FcO3UVT+8/fT18KZppptkfwm7de7zozMUH&#10;qiN0bu5G5ISaEGcvg89ajmQ6vyRLycxXBx3XSHZgd0jp/VrI+0elFqe8fHgWAUQfUwaHuw4eKVZj&#10;KIReL1PtKwkyVertYdIXIkzFQkAQORMtc1DstWo4VYr5yvtIVU4FmY3VUgUTjydvA5f5Hym+WlUM&#10;+eNVG7Glvkvr1NRMsz+mPRge9jc3HseieZuQldiIhGAdkunk8c7wnAyyCZ2R8kT6MLwNKlVbam5K&#10;MV+9uRQzI4vUDFQznV9GTyRfIprsQUZRPASAANnFtGgp+1+sXjMYpS9R1bzkbWPyXlEp/R8VXQ6H&#10;jIy4quCXdbhvAaXUuAZkJjRhUUIVDu8+h+sX77wXPm3NNNPsj2Xnz/cntrccw2fvf415WR3ITW6F&#10;X1K/9ZLr0IBEvyRXSQGaRjVhTNK7E0RmWCg9HHUwcdmrenlxUt5UDQ2ygkhVWq98aio61zc4CAZk&#10;LVKo1yajMJJz4a0jE5l6e7jTX606VwVI4tSITYV62/eK9Dqc339KYxaaafZDsSdjY68eP9F3u739&#10;DN5csR05me1IcJTAYixU1a/SUlrUEOcse4UaFjVKHgSd32yjgye0qJoUM3X56m1jMrwqRXZkEpmU&#10;9Y+hlJFXG8rLgORF0VKoJ0aqgElnKIEjEFsP9WZzgo7BVgq/hwDCY0kK++yURpS+twlj54680G/z&#10;10yzH53duvvwL787ecfx1a5L+OyD3erlyEmBWtjNJchMbkNiXCMdXRgFQYIyRZiB1My0kxlIRW+p&#10;jOWNbVIjIqq6F9eRfg8pfiNT3WXuyHSyEHn7uN1eiRnGEkSbp2a5Tr1jpFa9xlH6TzLi65FNKfLR&#10;vHp05G95P3yKmmmm2Q/J5H0ot+48vrrn4I3JtZ8fxNysdrh9dUjy1CCWwCAp4/IiYEngkmnpAgjy&#10;NrEZ0UV09lrFNuQVAkZ9AeJtUsKvBmauI+9KlXd8TIsuhC6yGC4CiscpLx6qhc4gr3MsVsOnIUof&#10;BwFFXpe4IqMee6u/Hju757grfHqaaabZD9HGn43ndJ+4U9bWegpvrtqBtCClhKcK6ZQhUvLP7q5Q&#10;lbud4RmuTluFYg5WSg67/G+tQGRkAZxubhcrs03zEaUvVC8WiqZMMZtL1X4EOKL5PYog4+T+EylP&#10;0hObke0tw+aSrzF4834ofEqaaabZD9mu3Bz6xZnz91FS1o0FWR1ITWxAelIr4sgWpJ6FixLDQ0Aw&#10;UZaoehYqcWtqerrHXYdZ+jz1ciHJ2ZCK5vJioVjKGgvBRPItZLTFYi6DndvIy41cjnIla7ISW7A4&#10;tQ7XT1/XOjo10+xFs1v3h7YfOHoTX3y2H7MTG+GTt5fT8dNDLQSGGsRRhkiiVYSuALqoIlXRKzYg&#10;IyEyi7WYEiUfRjISv79B9W344hsRQVbxekQ+ZU0pLOrFx9VcvwwWWwneyG7CwU3f4vyx81oNC800&#10;exHtweMnhbv39OKNpZ3q5dBpqW3IDDXD66uBP7YRkZYyMopC2FR9zSrFFBJlOrxBivfmwe+T+SU1&#10;6u3nXhkloWx5ffoaBRQ+YSCGcvjJVpzWYqxdUI/7N+5BK3qjmWYvqAH4F0NjI+sPd99GRdUxLF2w&#10;GVnx9fAH62EkKzAbCggEtUhPblXvTJVSfXEEAIu5QuVsmMgofL4yVVUrOqYMBhPZhL0aIT/li4yQ&#10;xOQj1VOB7EAdSt9uxdDg0Bs85j8LH14zzTR7EW14cmxd780H67ZtPj1QWXkEy5ZuQ9BbSfZQqfo2&#10;EmLrEZA+DFc1jFIjQ6pgBRtgMxaRXfB/MpKZpiKVlCVVvYSNuMxl8Ngr1OS39MQmFH6wDYN3BjEy&#10;ojEMzTT7Udjw6PjB/kdPsKHzApav2IK5ma1IjZsCicSEJoSCder1BlKBS2peSPk/s71Y9X2YHeXq&#10;BURSZ8PqrVK1OmVyWdBThSR/Fb54qxP9F/s0SaKZZj8mezQ29l/77z1+1NZ84m8+eG8XslLrEBso&#10;RXpKK9JCzfBRovjcVapjVEZGZAKavCpAKntZXaVwmNcixllNZlKP1LQ2xHtq4LaV4pPF69B/6bYG&#10;GJpp9mO0waHhy5cvD6Cu7jjef2cX5mZ3qMlracmtsFJ+GC1lCDhrEIyrh9tSjgDlSoJb3s1aijiu&#10;J8V64ihj4gMEFDKOjxe14ebl/sPPnz//N+FDaKaZZj8Wm3w++Zf9/UO/PNV7r33PgesoKujCvJw2&#10;9V4QqbcZDJQjnVIkwVenXg4dcFWp6l6B+Dr1IiI/v8sLo92eCmQFa1H4RjPu9g0sC+9eM800+zHb&#10;3XuP+o4dvYaasgP4YPV2LF64GbNjawgUFUjw18NpKoE/WI1UMpAAZYrPUYqkQBVyEmqxMLsZh3ac&#10;nJj8zWRqeHeaaabZj9mePJj471evDiw/uPPMW12Hr6Cp+STef3s7FsztQGZKGxIJFoneSqRIRXLp&#10;6PRVIjuxEfNTm/BmdgN6e/rOhnelmWaa/VRM8igGRkf/08Onw8fP3RjAnkOUKyXfYOXSrVg8ex3S&#10;/JWYl96COTkdWDxvI9Z+sAObag/h+dOnfx7ehWaaafZTs8nvJ/OfTozuunxjYNe2nVd2re84g7KC&#10;vfho1WZ89O52FK7dj5K8g88613236+ThK7vCm2mmmWaavfTSo5GRUO/NwdDtWw++v3Zj4OipE32h&#10;mxfv+sOLNdPs72kvvfR/ACWRWtjRH33AAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQChRHie4AAA&#10;AAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3WxitY3ZlFLUUxFsBeltmkyT&#10;0OxsyG6T9N+7nvT4mI/3vslWk2nFQL1rLGtQswgEcWHLhisNX/u3hwUI55FLbC2This5WOW3Nxmm&#10;pR35k4adr0QoYZeihtr7LpXSFTUZdDPbEYfbyfYGfYh9Jcsex1BuWhlH0ZM02HBYqLGjTU3FeXcx&#10;Gt5HHNeJeh2259PmetjPP763irS+v5vWLyA8Tf4Phl/9oA55cDraC5dOtCGruQqohniRgAhAop5j&#10;EEcNy0cFMs/k/w/yHwAAAP//AwBQSwMEFAAGAAgAAAAhADcnR2HMAAAAKQIAABkAAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzvJHBagIxEIbvQt8hzL2b3RWKiFkvIngV+wBDMpsNbiYhiaW+vYFS&#10;qCD15nFm+L//g9lsv/0svihlF1hB17QgiHUwjq2Cz9P+fQUiF2SDc2BScKUM2+FtsTnSjKWG8uRi&#10;FpXCWcFUSlxLmfVEHnMTInG9jCF5LHVMVkbUZ7Qk+7b9kOkvA4Y7pjgYBelgliBO11ibn7PDODpN&#10;u6Avnrg8qJDO1+4KxGSpKPBkHP4sl01kC/KxQ/8ah/4/h+41Dt2vg7x78HADAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEACJZhQVoFAADqGQAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAKAAAAAAAAACEA8Mg5x6ERAAChEQAAFAAAAAAAAAAAAAAAAADABwAAZHJzL21l&#10;ZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAAACEAqz69n64TAACuEwAAFAAAAAAAAAAAAAAAAACT&#10;GQAAZHJzL21lZGlhL2ltYWdlMi5wbmdQSwECLQAKAAAAAAAAACEAxxEpZek0AADpNAAAFAAAAAAA&#10;AAAAAAAAAABzLQAAZHJzL21lZGlhL2ltYWdlMy5wbmdQSwECLQAUAAYACAAAACEAoUR4nuAAAAAJ&#10;AQAADwAAAAAAAAAAAAAAAACOYgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhADcnR2HM&#10;AAAAKQIAABkAAAAAAAAAAAAAAAAAm2MAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAA&#10;AAgACAAAAgAAnmQAAAAA&#10;">
                 <v:group id="Group 7" o:spid="_x0000_s1027" style="position:absolute;left:2325;top:-1252;width:5;height:2" coordorigin="2325,-1252" coordsize="5,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDdfL7HwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8ARvmlZRpBpFZF08yIJVWPb2aJ5tsXkpTbat/94sCB6HmfmGWW97U4mWGldaVhBPIhDE&#10;mdUl5wqul8N4CcJ5ZI2VZVLwIAfbzcdgjYm2HZ+pTX0uAoRdggoK7+tESpcVZNBNbE0cvJttDPog&#10;m1zqBrsAN5WcRtFCGiw5LBRY076g7J7+GQVfHXa7WfzZnu63/eP3Mv/+OcWk1GjY71YgPPX+HX61&#10;j1rBDP6vhBsgN08AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3Xy+x8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 8" o:spid="_x0000_s1028" style="position:absolute;left:2325;top:-1252;width:5;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBJl2rQwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#10;FETfC/7DcoW+1Y0SikZXEcHSh0Ca6AdcstckmL0bsluT/L0rFPo4zMwZZncYTSse1LvGsoLlIgJB&#10;XFrdcKXgejl/rEE4j6yxtUwKJnJw2M/edphoO3BOj8JXIkDYJaig9r5LpHRlTQbdwnbEwbvZ3qAP&#10;sq+k7nEIcNPKVRR9SoMNh4UaOzrVVN6LX6MgNavrV5bpPN5spvz0E6djQWul3ufjcQvC0+j/w3/t&#10;b60ghteVcAPk/gkAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBJl2rQwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l5,e" filled="f" strokecolor="#f8faf8" strokeweight=".24pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5,0" o:connectangles="0,0"/>
                   </v:shape>
                   <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                     <v:stroke joinstyle="miter"/>
                     <v:formulas>
                       <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                       <v:f eqn="sum @0 1 0"/>
                       <v:f eqn="sum 0 0 @1"/>
                       <v:f eqn="prod @2 1 2"/>
                       <v:f eqn="prod @3 21600 pixelWidth"/>
                       <v:f eqn="prod @3 21600 pixelHeight"/>
                       <v:f eqn="sum @0 0 1"/>
                       <v:f eqn="prod @6 1 2"/>
                       <v:f eqn="prod @7 21600 pixelWidth"/>
                       <v:f eqn="sum @8 21600 0"/>
                       <v:f eqn="prod @7 21600 pixelHeight"/>
                       <v:f eqn="sum @10 21600 0"/>
                     </v:formulas>
                     <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                     <o:lock v:ext="edit" aspectratio="t"/>
                   </v:shapetype>
                   <v:shape id="Picture 9" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:2166;top:-1519;width:504;height:274;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDVCOOuwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6saCVqKriBAIeElU8PrMPpNo9m3MbmP6791CocdhZr5hVpvBNKKnztWWFUwnEQji&#10;wuqaSwWnY/KxAOE8ssbGMin4IQeb9ehthbG2T86pP/hSBAi7GBVU3rexlK6oyKCb2JY4eFfbGfRB&#10;dqXUHT4D3DTyM4rm0mDNYaHClnYVFffDt1FwO1/qZBrdS+f6fG+/Hts0O2ZKvY+H7RKEp8H/h//a&#10;qVYwg98r4QbI9QsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDVCOOuwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                     <v:imagedata r:id="rId8" o:title=""/>
@@ -466,128 +466,128 @@
                   </v:shape>
                   <v:shape id="Picture 12" o:spid="_x0000_s1032" type="#_x0000_t75" style="position:absolute;left:1893;top:-1375;width:1282;height:178;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAleYTHvQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L8w/hDrjTdFyIdIxihQE3Dr4+4NLcNmWam5KkD/9+shBcHs57u59sKwbyoXGs4GuZgSAunW64&#10;VvC4/yw2IEJE1tg6JgVPCrDffcy2mGs38pWGW6xFCuGQowITY5dLGUpDFsPSdcSJq5y3GBP0tdQe&#10;xxRuW7nKsrW02HBqMNjR0VD5d+utArr296o4Dzq7/JYNVX1ReWeUmn9Oh28Qkab4Fr/cJ60gbU1X&#10;0g2Qu38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJXmEx70AAADaAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;">
                     <v:imagedata r:id="rId9" o:title=""/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 13" o:spid="_x0000_s1033" style="position:absolute;left:2925;top:-1200;width:5;height:2" coordorigin="2925,-1200" coordsize="5,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC8lIktxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6iZKS42uEkItPYRCVRBvj+wzCWbfhuw2f759t1DocZiZ3zDb/Wga0VPnassK4kUE&#10;griwuuZSwfl0eHoF4TyyxsYyKZjIwX43e9hiou3AX9QffSkChF2CCirv20RKV1Rk0C1sSxy8m+0M&#10;+iC7UuoOhwA3jVxG0Ys0WHNYqLClrKLifvw2Ct4HHNJV/Nbn91s2XU/Pn5c8JqUe52O6AeFp9P/h&#10;v/aHVrCG3yvhBsjdDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC8lIktxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 14" o:spid="_x0000_s1034" style="position:absolute;left:2925;top:-1200;width:5;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQADuMSQwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8JA&#10;DIXvgv9hiOBNp4qIdh1FBJc9CG67/oDQiW2xkymdUeu/Nwdhbwnv5b0vm13vGvWgLtSeDcymCSji&#10;wtuaSwOXv+NkBSpEZIuNZzLwogC77XCwwdT6J2f0yGOpJIRDigaqGNtU61BU5DBMfUss2tV3DqOs&#10;Xalth08Jd42eJ8lSO6xZGips6VBRccvvzsDJzS/f57PNFuv1Kzv8Lk59TitjxqN+/wUqUh//zZ/r&#10;Hyv4Qi+/yAB6+wYAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQADuMSQwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l5,e" filled="f" strokecolor="#f8faf8" strokeweight=".24pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5,0" o:connectangles="0,0"/>
                   </v:shape>
                   <v:shape id="Picture 15" o:spid="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:1154;top:-1255;width:1757;height:394;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBSBcpowwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlCr1I3aSihNRVpFjq1SjY3obsNNk2OxuyWxP99W6h4G0e73OW68E24kydN44VpNMEBHHp&#10;tOFKwfHw9pSB8AFZY+OYFFzIw3o1Hi0x167nPZ2LUIkYwj5HBXUIbS6lL2uy6KeuJY7cl+sshgi7&#10;SuoO+xhuG/mcJAtp0XBsqLGl15rKn+LXKriaRTabf24np+90e/x4N1kx70ulHh+GzQuIQEO4i//d&#10;Ox3np/D3SzxArm4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUgXKaMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                     <v:imagedata r:id="rId10" o:title=""/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0039386D">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19F665F5" wp14:editId="1CB23243">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F9E95E9" wp14:editId="71E9D645">
             <wp:extent cx="3601720" cy="699770"/>
             <wp:effectExtent l="0" t="0" r="0" b="5080"/>
             <wp:docPr id="1" name="Grafik 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3601720" cy="699770"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0039386D" w:rsidRPr="00265816" w:rsidRDefault="0039386D" w:rsidP="0039386D">
+    <w:p w14:paraId="6F0A226B" w14:textId="77777777" w:rsidR="0039386D" w:rsidRPr="00265816" w:rsidRDefault="0039386D" w:rsidP="0039386D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9704"/>
         </w:tabs>
         <w:spacing w:before="29"/>
         <w:ind w:left="114"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:w w:val="105"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00265816">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06BB22A6" wp14:editId="542CE6BC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32CE11F9" wp14:editId="26944F81">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2005330</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-979805</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7620" cy="8890"/>
                 <wp:effectExtent l="5080" t="6350" r="6350" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="12" name="Gruppieren 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7620" cy="8890"/>
                           <a:chOff x="3158" y="-1543"/>
@@ -700,53 +700,53 @@
                             <a:noFill/>
                             <a:extLst>
                               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                   <a:solidFill>
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </pic:spPr>
                         </pic:pic>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex">
             <w:pict>
-              <v:group w14:anchorId="57D9DE16" id="Gruppieren 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:157.9pt;margin-top:-77.15pt;width:.6pt;height:.7pt;z-index:-251657216;mso-position-horizontal-relative:page" coordorigin="3158,-1543" coordsize="12,14" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCXgtBuzAQAABYNAAAOAAAAZHJzL2Uyb0RvYy54bWzcV21v4zYM/j5g/0Hw&#10;xw2p7cRpEqPpIctLccBtK3bdD1BsORbOljRJidMN++8jJTtx0h6uu9unFagrmxRFPiQfqnfvjnVF&#10;DkwbLsU8iG+igDCRyZyL3Tz4/WkzmAbEWCpyWknB5sEzM8G7+++/u2tUyoaylFXONAEjwqSNmgel&#10;tSoNQ5OVrKbmRiomQFhIXVMLr3oX5po2YL2uwmEU3YaN1LnSMmPGwNeVFwb3zn5RsMz+WhSGWVLN&#10;A/DNuqd2zy0+w/s7mu40VSXPWjfoV3hRUy7g0JOpFbWU7DV/YarmmZZGFvYmk3Uoi4JnzMUA0cTR&#10;VTQPWu6Vi2WXNjt1ggmgvcLpq81mvxweNeE55G4YEEFryNGD3ivFmWaCwEdAqFG7FBQftPqoHrUP&#10;E5YfZPbJgDi8luP7ziuTbfOzzMEo3VvpEDoWukYTEDs5ukQ8nxLBjpZk8HFyO4RkZSCYTmdtkrIS&#10;Mok7RvEYigpkg3icjHwGs3LdbsUwcGOcoCSkqT/P+dj65ANyL6fYOhBGZxAAe+LMX4eHWf6vwh/F&#10;txBpG0wbaYfC2EfiUkDTXvwvt5zj72/6bPTQa+ZcTubbyuljSRVzVWqwSjokkw7JjWYMG5i4jDTK&#10;aXWFZPpV1JOgmoFi+2L9vBXAExaA5N7YByZdFdLDB2M9CeSwcrWdt33wBJkp6gr44McBiQie5B4t&#10;aZzU4k7th5A8RaQh42sNqMlLQ+NXDUHxeTU0NOwMgee7zjdadu5mR9H6CytCkW4j119KGuySJ/AK&#10;ysqVFFgAJYztM7pw8LWu39MeoYFHrxlUBwQYdOtDVdSiZ3gELkkzD8bOm1oe2JN03+1Vu8MJZ2kl&#10;+lpQxD1/vAzU0bTr6dNx6GUvm0JueFW5dFYCnRhFydT5YWTFcxSiK0bvtstKkwOFqbCZbhabaUsW&#10;F2rAviJ3xkpG83W7tpRXfg2HVw5VaNg2eGxdR/t/zaLZerqeJoNkeLseJNFqNVhslsngdhNPxqvR&#10;arlcxX+ja3GSljzPmUDvuhEUJ2/ryXYY+uFxGkIXUVwGu8Gfl8GGl244kCGW7q+LDijU9ySSpkm3&#10;Mn+G/tTSz1S4A8CilPrPgDQwT+eB+WNPNQtI9V4Aw8ziJMEB7F6S8QQJXvcl276EigxMzQMbQGnj&#10;cmn90N4rzXclnBS7tAq5gLlScGxh55/3qn0Bkru/UzxL4bdFFlYvkP3yJQN22T3G4i8q9Zts1FR/&#10;2qsBzHkoV77lFbfP7s4CnqNT4vDIMxyn+NIjTih+P4dBjKd6OumU/BboBZ65+UuEXJbQ/mxhFHQp&#10;AnP+pLVssHYB/9gl/dJKiK8XbmwrrrouwXUbMGB/deF4BTN/mVnJbF8zYf3tTLMKYpfClFwZSHjK&#10;6i3L54F+n4OfGdwMLdwNIKfCuny+1knD6SKKZsOfBstxtIROmqwHi1kyGUyi9SSB/o6X8bLrpL1h&#10;gAqtVop/eyt5fugY9EU70BQR8nyS/QbYO6owVjObAU3RtICGbr8DVZwEDvUz0JiDfz3pRo6waIp8&#10;gxemGLrJ3Xo6b7tbltJ+1hFcAO7gpgO6m3vIqq0Kutwj0NdS8T8ktQ5+oAxcwq8jj/YC267h8g2r&#10;i9t9/91pnf+duf8HAAD//wMAUEsDBAoAAAAAAAAAIQAPTWHSegAAAHoAAAAUAAAAZHJzL21lZGlh&#10;L2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1JSERSAAAAAgAAAAIIBgAAAHK2DSQAAAAGYktHRAD/AP8A&#10;/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAAAAaSURBVAiZY3zz9dN/dmYWBiYGBgYGNmZmBgA8&#10;JAPwPlQgKQAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAw6C8fOMAAAANAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3FrHDeEnxKmqCjhVlWiRELdtsk2ixnYUu0n69ixc4Dg7o9lv&#10;suVkWjFQ7xtnNah5BIJs4crGVho+9q+zRxA+oC2xdZY0XMjDMr++yjAt3WjfadiFSnCJ9SlqqEPo&#10;Uil9UZNBP3cdWfaOrjcYWPaVLHscudy0chFF99JgY/lDjR2taypOu7PR8DbiuIrVy7A5HdeXr32y&#10;/dwo0vr2Zlo9gwg0hb8w/OAzOuTMdHBnW3rRaohVwuhBw0wldzEIjsTqgecdfk+LJ5B5Jv+vyL8B&#10;AAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwu&#10;cmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+&#10;KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRI&#10;XJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4&#10;Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAl4LQbswEAAAWDQAA&#10;DgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAD01h0noAAAB6&#10;AAAAFAAAAAAAAAAAAAAAAAAyBwAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEA&#10;w6C8fOMAAAANAQAADwAAAAAAAAAAAAAAAADeBwAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAA7ggAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJl&#10;bHNQSwUGAAAAAAYABgB8AQAA4QkAAAAA&#10;">
+              <v:group w14:anchorId="39362D95" id="Gruppieren 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:157.9pt;margin-top:-77.15pt;width:.6pt;height:.7pt;z-index:-251657216;mso-position-horizontal-relative:page" coordorigin="3158,-1543" coordsize="12,14" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBms2W5LAQAAJEKAAAOAAAAZHJzL2Uyb0RvYy54bWysVlFv2zYQfh+w/0Do&#10;cUMiO7ZTV4hTBGkdFOi2YM1+AE1RFlGJ5EjaSvrr9x0p2YrTol23Bwmk7nj87u67O129eWwbtpfO&#10;K6NX2fR8kjGphSmV3q6yvx7WZ8uM+cB1yRuj5Sp7kj57c/3zT1edLeSFqU1TSsdgRPuis6usDsEW&#10;ee5FLVvuz42VGsLKuJYHbN02Lx3vYL1t8ovJ5DLvjCutM0J6j69vkzC7jvarSorwR1V5GVizyoAt&#10;xLeL7w298+srXmwdt7USPQz+AyharjQuPZh6ywNnO6demGqVcMabKpwL0+amqpSQ0Qd4M52ceHPn&#10;zM5GX7ZFt7WHMCG0J3H6YbPi9/29Y6pE7i4ypnmLHN25nbVKOqkZPiJCnd0WULxz9qO9d8lNLD8Y&#10;8clDnJ/Kab9NymzT/WZKGOW7YGKEHivXkgn4zh5jIp4OiZCPgQl8fHV5gWQJCJbL132SRI1M0onZ&#10;dAFSQXY2XcxnKYOiftcfJTfo4HROkpwX6b6IsceUHIqbg29DEGbHICD2LJo/dY+y/H+5P5tewtPe&#10;md7TIQqL5ElMAS9G/r88cvR/fOir3qPW/JFO/r/R6WPNrYws9cSSIZLzIZJrJyUVMIsZ6WzUGojk&#10;xywaSUjNg2zf5M/3BvAQC0Ry58OdNJGFfP/Bh9QESqwit8u+Dh6Qmapt0A9+PWMTRjfFV980DmrT&#10;Qe2XnD1MWMcWpxrg5HNDiy8aAvmSGhm6GAwB+XbAxusBrnjUPV6sGKd2O4n1ZY2nKnkAKtAqUgoW&#10;oES+fUUXF5/qpjP9FQ599LSDuoyhg26Sq5YHQkZX0JJ1q2wR0bRmLx9M/B5Oyh03HKWNHmuBxCM8&#10;SQZ1Mh1r+nAdoRxlU5u1apqYzkYTiNlkvow4vGlUSUKC4t12c9s4tueYCuvl+ma97JvFMzV0X11G&#10;Y7Xk5bt+Hbhq0hqXN4gqWkviKjUTX2xM+QTeOpNmDWYjFrVxnzPWYc6sMv/3jjuZsea9RuW9ns7n&#10;NJjiZr54RY3PjSWbsYRrAVOrLGRIOS1vQxpmO+vUtsZN0+iuNjfot5Uiakd8CVW/QfFfX1klCjz9&#10;UMHqRRf49vDFqbAjX9IAb7/LRsvdp509w/xDGtVGNSo8xVkO5ARK7++VoDFDm1FDASnSfIKYbk1l&#10;NiilI+CIEnEuMW1ua5SFvPEW7KXAHD85ZzrKKeI/jZl/biWn7TMYm0bZgT207h1G7E8G8Rdilob8&#10;WyN2rdQh/bU42cB3o32trEfCC9luZLnK3PsSOAX+mAJmJnKqQyow78SfcCOy0Qcng0Al8KICo/vv&#10;YONBEB04YiZ3/nUzncWa4MUwjaYgZhysQ0sZBrl1qZ0yWsAFwIwcHForFW6vQpAPNRpBEiywkhDi&#10;ifzs/x36Nf57sHr2YzXeR63jn+T1PwAAAP//AwBQSwMECgAAAAAAAAAhAA9NYdJ6AAAAegAAABQA&#10;AABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAACAAAAAggGAAAAcrYNJAAA&#10;AAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAABpJREFUCJljfPP10392ZhYG&#10;JgYGBgY2ZmYGADwkA/A+VCApAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQDDoLx84wAAAA0BAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWscN4SfEqaoKOFWVaJEQt22yTaLGdhS7&#10;Sfr2LFzgODuj2W+y5WRaMVDvG2c1qHkEgmzhysZWGj72r7NHED6gLbF1ljRcyMMyv77KMC3daN9p&#10;2IVKcIn1KWqoQ+hSKX1Rk0E/dx1Z9o6uNxhY9pUsexy53LRyEUX30mBj+UONHa1rKk67s9HwNuK4&#10;itXLsDkd15evfbL93CjS+vZmWj2DCDSFvzD84DM65Mx0cGdbetFqiFXC6EHDTCV3MQiOxOqB5x1+&#10;T4snkHkm/6/IvwEAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMv&#10;ZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFA&#10;l/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtY&#10;SolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5&#10;o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAAT&#10;AgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBm&#10;s2W5LAQAAJEKAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAA&#10;IQAPTWHSegAAAHoAAAAUAAAAAAAAAAAAAAAAAJIGAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQIt&#10;ABQABgAIAAAAIQDDoLx84wAAAA0BAAAPAAAAAAAAAAAAAAAAAD4HAABkcnMvZG93bnJldi54bWxQ&#10;SwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAABOCAAAZHJzL19yZWxzL2Uy&#10;b0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAABBCQAAAAA=&#10;">
                 <v:group id="Group 3" o:spid="_x0000_s1027" style="position:absolute;left:3160;top:-1540;width:5;height:2" coordorigin="3160,-1540" coordsize="5,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAd71xtwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL3VTSotJbqGIFZ6CEK1IN6G7JgEs7Mhu+bx77tCobf5+J6zTkfTiJ46V1tWEC8iEMSF&#10;1TWXCn5Ony8fIJxH1thYJgUTOUg3s6c1JtoO/E390ZcihLBLUEHlfZtI6YqKDLqFbYkDd7WdQR9g&#10;V0rd4RDCTSNfo+hdGqw5NFTY0rai4na8GwX7AYdsGe/6/HbdTpfT2+Gcx6TU83zMViA8jf5f/Of+&#10;0mH+Eh6/hAPk5hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAd71xtwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:shape id="Freeform 4" o:spid="_x0000_s1028" style="position:absolute;left:3160;top:-1540;width:5;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB8g8KTwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NisIw&#10;EL4L+w5hFrxpulLEdo1FCiseBG31AYZmti02k9JErW+/WRC8zcf3O+tsNJ240+Baywq+5hEI4srq&#10;lmsFl/PPbAXCeWSNnWVS8CQH2eZjssZU2wcXdC99LUIIuxQVNN73qZSuasigm9ueOHC/djDoAxxq&#10;qQd8hHDTyUUULaXBlkNDgz3lDVXX8mYUHMzisjsedREnybPIT/FhLGml1PRz3H6D8DT6t/jl3usw&#10;P4b/X8IBcvMHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfIPCk8AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l5,e" filled="f" strokecolor="#f8faf8" strokeweight=".24pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5,0" o:connectangles="0,0"/>
                   </v:shape>
                   <v:shape id="Picture 5" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:3160;top:-1538;width:10;height:10;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDRUo8qwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMkJvdRNLikRXia2F4q3Rg8dhd0yi2dmQXTX9911B8DbDe/O+N4vVYFtxpd43jhWkkwQE&#10;sXam4UrBfvf9NgPhA7LB1jEp+CMPq+XoZYG5cTf+pWsZKhFD2OeooA6hy6X0uiaLfuI64qgdXW8x&#10;xLWvpOnxFsNtK6dJ8iEtNhwJNXb0WZM+lxcbIUXxfvgKWZlujqneFlO9zk5aqdfxUMxBBBrC0/y4&#10;/jGxfgb3X+IAcvkPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0VKPKsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                     <v:imagedata r:id="rId13" o:title=""/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00124707" w:rsidRPr="00265816">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:w w:val="105"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Tentative </w:t>
@@ -1095,414 +1095,572 @@
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="0092704F" w:rsidRPr="00265816">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:w w:val="105"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00265816">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:w w:val="105"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (for internal S|E|P use only)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00265816" w:rsidRPr="00265816" w:rsidRDefault="00265816" w:rsidP="0039386D">
+    <w:p w14:paraId="72D753DC" w14:textId="5746248E" w:rsidR="00265816" w:rsidRPr="00265816" w:rsidRDefault="00265816" w:rsidP="0039386D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9704"/>
         </w:tabs>
         <w:spacing w:before="29"/>
         <w:ind w:left="114"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00265816">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>This filled-in form must be handed in by the 31</w:t>
-[...21 lines deleted...]
-        <w:t>o</w:t>
+        <w:t xml:space="preserve">This filled-in form must be handed in </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00265816">
+      <w:r w:rsidR="00960E02">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>theksaufsicht.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0039386D" w:rsidRDefault="0039386D" w:rsidP="0039386D">
+        <w:t>before the Christmas break</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265816">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Joe Pfändner’s pigeon hole at the SEP Bibli</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7C0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265816">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>theksaufsicht</w:t>
+      </w:r>
+      <w:r w:rsidR="00960E02">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265816">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B91BD4" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D" w:rsidP="0039386D">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0039386D" w:rsidRPr="0039386D" w:rsidRDefault="0039386D" w:rsidP="0039386D">
+    <w:p w14:paraId="5D6D6610" w14:textId="77777777" w:rsidR="0039386D" w:rsidRPr="0039386D" w:rsidRDefault="0039386D" w:rsidP="0039386D">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0039386D" w:rsidRPr="0039386D" w:rsidRDefault="00AE3964">
+    <w:p w14:paraId="48F149AE" w14:textId="77777777" w:rsidR="0039386D" w:rsidRPr="0039386D" w:rsidRDefault="00AE3964">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">I Personal </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE3964">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Data</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
-    <w:p w:rsidR="0039386D" w:rsidRDefault="0039386D">
+    <w:p w14:paraId="6BA47831" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
+    <w:p w14:paraId="1FA3E3CB" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D">
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE3964" w:rsidRDefault="00AE3964"/>
-    <w:p w:rsidR="00AE3964" w:rsidRDefault="00AE3964">
+    <w:p w14:paraId="6D669D1D" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964"/>
+    <w:p w14:paraId="14A64E7C" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964">
       <w:r>
         <w:t>Matriculation number:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
-    <w:p w:rsidR="0039386D" w:rsidRDefault="0039386D">
+    <w:p w14:paraId="4B1DA2B8" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
+    <w:p w14:paraId="4AF8451C" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D">
       <w:r>
         <w:t>Date of birth:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
-    <w:p w:rsidR="0039386D" w:rsidRDefault="00AE3964">
+    <w:p w14:paraId="31801BF7" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
+    <w:p w14:paraId="1ABD8F93" w14:textId="5E836D8B" w:rsidR="0039386D" w:rsidRDefault="00AE3964">
       <w:r>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="0039386D">
-        <w:t>ale/female/diverse (Please underline.)</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="0039386D" w:rsidRDefault="0039386D">
+        <w:t>ale/</w:t>
+      </w:r>
+      <w:r w:rsidR="002B39C6">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="0039386D">
+        <w:t>emale/</w:t>
+      </w:r>
+      <w:r w:rsidR="002B39C6">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="0039386D">
+        <w:t>iverse (</w:t>
+      </w:r>
+      <w:r w:rsidR="00960E02">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="0039386D">
+        <w:t>lease underline)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7539C0C2" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
+    <w:p w14:paraId="24DA5D6D" w14:textId="77777777" w:rsidR="00225BA0" w:rsidRDefault="0039386D" w:rsidP="00225BA0">
       <w:r>
         <w:t>Current address</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="0039386D" w:rsidRDefault="0039386D">
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+        <w:t>Permanent Address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BBD1BD5" w14:textId="683EDDC3" w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
+    <w:p w14:paraId="30E19F29" w14:textId="0AF08B48" w:rsidR="0039386D" w:rsidRDefault="0039386D">
       <w:r>
         <w:tab/>
         <w:t>Street #</w:t>
       </w:r>
       <w:r w:rsidR="00C70219">
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="0039386D" w:rsidRDefault="0039386D">
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+        <w:t>Street #:</w:t>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA3A722" w14:textId="15DF4CE9" w:rsidR="0039386D" w:rsidRDefault="0039386D">
       <w:r>
         <w:tab/>
         <w:t>Place:</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="0039386D" w:rsidRDefault="0039386D">
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+        <w:t>Place:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="534FA8E1" w14:textId="68C7D5D9" w:rsidR="0039386D" w:rsidRDefault="0039386D">
       <w:r>
         <w:tab/>
         <w:t>Phone:</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="0039386D" w:rsidRDefault="0039386D">
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+        <w:t>Phone:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320E9E4D" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D">
       <w:r>
         <w:tab/>
         <w:t>e-mail</w:t>
       </w:r>
       <w:r w:rsidR="00411633">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="0039386D" w:rsidRDefault="00AE3964" w:rsidP="0039386D">
+    <w:p w14:paraId="7007916D" w14:textId="62D765F3" w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
+    <w:p w14:paraId="6D6300B3" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="00AE3964" w:rsidP="0039386D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>II Please answer the following questions to the best of your knowledge.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="0039386D">
-[...6 lines deleted...]
-    <w:p w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964">
+    <w:p w14:paraId="0A1EC7D8" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="0039386D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59E563D6" w14:textId="3F180CEB" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>What is your course of studies (BA/MA; Lehramt, Wirtschaftspädagogik, Engl. Phil./nicht lehramtsbezogen, other) and what is your second major?</w:t>
-[...4 lines deleted...]
-    <w:p w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964">
+        <w:t xml:space="preserve">What is your course of studies (BA/MA; Lehramt, Wirtschaftspädagogik, </w:t>
+      </w:r>
+      <w:r w:rsidR="00960E02">
+        <w:t>ELLC/</w:t>
+      </w:r>
+      <w:r>
+        <w:t>nicht lehramtsbezogen, other) and what is your second major?</w:t>
+      </w:r>
+      <w:r w:rsidR="00960E02">
+        <w:t xml:space="preserve"> Note that students on an exchange semester/year cannot be taken into consideration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5033F5B0" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964"/>
+    <w:p w14:paraId="74653ED2" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964"/>
+    <w:p w14:paraId="6B27EEFB" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>What semester are you currently in?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00AE3964" w:rsidRDefault="001C27E8" w:rsidP="00AE3964">
+    <w:p w14:paraId="7607F436" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964"/>
+    <w:p w14:paraId="2A30C483" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964"/>
+    <w:p w14:paraId="2BEFAA09" w14:textId="5FE9C734" w:rsidR="00AE3964" w:rsidRDefault="001C27E8" w:rsidP="00AE3964">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Are you </w:t>
       </w:r>
       <w:r w:rsidR="00AE3964">
         <w:t xml:space="preserve">applying </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">parallel </w:t>
       </w:r>
       <w:r w:rsidR="00AE3964">
-        <w:t>for an alternative placement (PAD, Amity, Tuition Waiver, other) or do you intend to do so? If yes, which?</w:t>
-[...4 lines deleted...]
-    <w:p w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+        <w:t xml:space="preserve">for an alternative placement (PAD, Amity, Tuition Waiver, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B39C6">
+        <w:t xml:space="preserve">Enlight, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3964">
+        <w:t>other) or do you intend to do so? If yes, which?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="245AE9F2" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219"/>
+    <w:p w14:paraId="4ECDB81D" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219"/>
+    <w:p w14:paraId="451D0A26" w14:textId="4E5C47C9" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>The following Erasmus universities are currently is the S|E|P’s portfolio (as of 2019). Please name your first, second, and third choice:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+        <w:t xml:space="preserve">The following Erasmus universities are currently is the S|E|P’s portfolio (as of </w:t>
+      </w:r>
+      <w:r w:rsidR="00960E02">
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:t>). Please name your first, second, and third choice:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="061B36F0" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+    <w:p w14:paraId="2453E0F8" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
       <w:r>
-        <w:t>Reading, UK</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+        <w:t>Cork, Ireland</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40EA4729" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
       <w:r>
-        <w:t>Royal Holloway, UK</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+        <w:t>Maynooth, Ireland</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B8CB27" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
       <w:r>
-        <w:t>Cork, Ireland</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+        <w:t>Lisbon, Portugal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A56A083" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
       <w:r>
-        <w:t>Maynooth, Ireland</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+        <w:t>Warsaw, Poland</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5858997B" w14:textId="2EF478D1" w:rsidR="00C70219" w:rsidRDefault="00225BA0" w:rsidP="00C70219">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
       <w:r>
-        <w:t>Lisbon, Portugal</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+        <w:t>Parma, Italy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A59F65" w14:textId="7C6F0A51" w:rsidR="00225BA0" w:rsidRDefault="00225BA0" w:rsidP="00225BA0">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
       <w:r>
-        <w:t>Warsaw, Poland</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+        <w:t>London, Royal Holloway Univ., UK (not officially part of the Erasmus programme)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AEBCCF9" w14:textId="5323368F" w:rsidR="00225BA0" w:rsidRDefault="00225BA0" w:rsidP="00225BA0">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C70219" w:rsidRPr="00AE3964" w:rsidRDefault="00C70219" w:rsidP="00265816">
-[...4 lines deleted...]
-        <w:t>Date:___________</w:t>
+    <w:p w14:paraId="08F0FE71" w14:textId="724890A1" w:rsidR="00225BA0" w:rsidRDefault="00225BA0" w:rsidP="002B39C6">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Additionally, there are three openings available via the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225BA0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Enlight</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> programme in</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3783052B" w14:textId="386A0E60" w:rsidR="00225BA0" w:rsidRDefault="00225BA0" w:rsidP="00225BA0">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57B644DA" w14:textId="3A23ADDE" w:rsidR="00225BA0" w:rsidRDefault="00225BA0" w:rsidP="00225BA0">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Galway, Ireland (application via Göttingen International; application period starts in December</w:t>
+      </w:r>
+      <w:r w:rsidR="002B39C6">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73CBADF5" w14:textId="6CE0A262" w:rsidR="00225BA0" w:rsidRDefault="00225BA0" w:rsidP="00C70219">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13F8BB5A" w14:textId="77777777" w:rsidR="002B39C6" w:rsidRDefault="002B39C6" w:rsidP="002B39C6"/>
+    <w:p w14:paraId="5A04DFFE" w14:textId="7D867D6A" w:rsidR="00C70219" w:rsidRPr="00AE3964" w:rsidRDefault="00C70219" w:rsidP="002B39C6">
+      <w:r>
+        <w:t>Date:</w:t>
+      </w:r>
+      <w:r w:rsidR="00960E02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>___________</w:t>
       </w:r>
       <w:r w:rsidR="00265816">
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Student </w:t>
       </w:r>
       <w:r w:rsidR="00265816">
-        <w:t>Signature:_____________________</w:t>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="00C70219" w:rsidRPr="00AE3964" w:rsidSect="00265816">
+        <w:t>Signature:</w:t>
+      </w:r>
+      <w:r w:rsidR="00960E02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00265816">
+        <w:t>_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C70219" w:rsidRPr="00AE3964" w:rsidSect="002B39C6">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="284" w:right="991" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="991" w:bottom="709" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -1680,129 +1838,137 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0039386D"/>
     <w:rsid w:val="00033E3E"/>
+    <w:rsid w:val="00046AAF"/>
     <w:rsid w:val="000C7E0B"/>
     <w:rsid w:val="00107E7F"/>
     <w:rsid w:val="00124707"/>
+    <w:rsid w:val="0015025B"/>
     <w:rsid w:val="0019288A"/>
     <w:rsid w:val="001B4EF0"/>
     <w:rsid w:val="001B6F8A"/>
     <w:rsid w:val="001C27E8"/>
     <w:rsid w:val="00215A03"/>
     <w:rsid w:val="00222136"/>
+    <w:rsid w:val="00225BA0"/>
     <w:rsid w:val="00265816"/>
+    <w:rsid w:val="002B39C6"/>
     <w:rsid w:val="002F52C0"/>
     <w:rsid w:val="0034081B"/>
     <w:rsid w:val="00346569"/>
     <w:rsid w:val="0039386D"/>
     <w:rsid w:val="003C60C0"/>
     <w:rsid w:val="00411633"/>
     <w:rsid w:val="00417825"/>
     <w:rsid w:val="00462661"/>
+    <w:rsid w:val="004F3731"/>
     <w:rsid w:val="005202D8"/>
     <w:rsid w:val="005C62A8"/>
     <w:rsid w:val="005F0017"/>
     <w:rsid w:val="006429D0"/>
     <w:rsid w:val="00835035"/>
     <w:rsid w:val="00881DE7"/>
     <w:rsid w:val="008D062C"/>
     <w:rsid w:val="00915311"/>
     <w:rsid w:val="0092704F"/>
     <w:rsid w:val="009464E3"/>
+    <w:rsid w:val="00960E02"/>
     <w:rsid w:val="009816D0"/>
     <w:rsid w:val="009E0B89"/>
     <w:rsid w:val="00A801CB"/>
     <w:rsid w:val="00AE3964"/>
     <w:rsid w:val="00B82405"/>
     <w:rsid w:val="00BA675E"/>
     <w:rsid w:val="00BB7C0B"/>
     <w:rsid w:val="00C70219"/>
     <w:rsid w:val="00CE0C3E"/>
     <w:rsid w:val="00D167B9"/>
     <w:rsid w:val="00DD1521"/>
     <w:rsid w:val="00DF09A4"/>
     <w:rsid w:val="00E2030F"/>
     <w:rsid w:val="00E21E9B"/>
+    <w:rsid w:val="00E30CB9"/>
     <w:rsid w:val="00EA4BFF"/>
     <w:rsid w:val="00F91015"/>
     <w:rsid w:val="00FC7FB5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="130C967F"/>
+  <w14:docId w14:val="75D92EEA"/>
   <w15:docId w15:val="{40725CCC-D277-4E86-972A-87BFB080C407}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1935,51 +2101,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2565,65 +2731,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>154</Words>
-  <Characters>971</Characters>
+  <Words>200</Words>
+  <Characters>1266</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1123</CharactersWithSpaces>
+  <CharactersWithSpaces>1464</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Pfaendner, Johannes</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>