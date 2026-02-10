--- v0 (2025-10-17)
+++ v1 (2026-02-10)
@@ -1,1117 +1,379 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="004E7FFC" w:rsidRPr="004E7FFC" w:rsidRDefault="004E7FFC">
+    <w:p w14:paraId="62533DC6" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t xml:space="preserve">Studiengang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>M.Sc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. Agrarwissenschaften</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="116CD88D" w14:textId="335D830E" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Hochschullehrer*innen: Prof.in Hüttel, Prof.in Neugart u. Prof. Mörlein als Direktor*innen der</w:t>
+      </w:r>
+      <w:r w:rsidR="00184693">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Departments (Vertr.: alle Hochschullehrer*innen)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF6DF47" w14:textId="4117CD01" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Wissenschaftliche Mitarbeiter*innen: Christian Achilles (Vertr.: Therese Löbbert, Dr. Marcel</w:t>
+      </w:r>
+      <w:r w:rsidR="00184693">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Naumann, Dr. Holger Bergmann)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E07936" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Studierende: Wechselnde studentische Vertretung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28970554" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Gleichstellungsbeauftragte: Wechselnde Vertretung des Gleichstellungsteams</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE104FA" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5"/>
+    <w:p w14:paraId="44B432F8" w14:textId="331A37F2" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t xml:space="preserve">Studiengang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>M.Sc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. Pferdewissenschaften</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12631C38" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Hochschullehrer*innen: Prof. Tetens</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F3E3C79" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Wissenschaftliche Mitarbeiter*innen: Wechselnde Vertretung der wissenschaftlichen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11A2EDA3" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Mitarbeiter*innen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32834D79" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Studierende: Wechselnde studentische Vertretung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723FEAD4" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Gleichstellungsbeauftragte: Wechselnde Vertretung des Gleichstellungsteams</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01394647" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5"/>
+    <w:p w14:paraId="1920B8FC" w14:textId="468897ED" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t xml:space="preserve">Studiengang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>M.Sc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Crop</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Protection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1DCCB2FF" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t xml:space="preserve">Hochschullehrer*innen: Prof. von Tiedemann, Prof. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Rostás</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="50FBA246" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Wissenschaftliche Mitarbeiter*innen: Dr.in Weigand</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608D35C3" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Studierende: Wechselnde studentische Vertretung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24546DFB" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Gleichstellungsbeauftragte: Wechselnde Vertretung des Gleichstellungsteams</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D111D9" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRPr="00184693" w:rsidRDefault="00034BF5" w:rsidP="00034BF5"/>
+    <w:p w14:paraId="560BFE7D" w14:textId="0D49C9D8" w:rsidR="00034BF5" w:rsidRPr="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-      <w:r w:rsidR="00AF5B03">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00034BF5">
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...3 lines deleted...]
-      <w:r w:rsidR="00AF5B03">
+        <w:t>Studiengang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00034BF5">
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>01</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> M.Sc. Integrated Plant and Animal Breeding</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE60A74" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Hochschullehrer*innen: Prof. Schmitt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2BD4AF" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Wissenschaftliche Mitarbeiter*innen: Dr. Falker-Gieske</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E8B47E3" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Studierende: Wechselnde studentische Vertretung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4051DBA8" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Gleichstellungsbeauftragte: Wechselnde Vertretung des Gleichstellungsteams</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5983566D" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRPr="00184693" w:rsidRDefault="00034BF5" w:rsidP="00034BF5"/>
+    <w:p w14:paraId="1F64902E" w14:textId="09A6A7E3" w:rsidR="00034BF5" w:rsidRPr="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:pPr>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...39 lines deleted...]
-          <w:lang w:eastAsia="de-DE"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004E7FFC">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00034BF5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="de-DE"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Studiengang: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004E7FFC">
+        <w:t>Studiengang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00034BF5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="de-DE"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>M.Sc. Agrarwissenschaften</w:t>
-[...843 lines deleted...]
-    <w:sectPr w:rsidR="004E7FFC">
+        <w:t xml:space="preserve"> M.Sc. Sustainable International Agriculture</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38070575" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Hochschullehrer*innen: Prof. Yu, Prof.in Finckh (WIZ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00691F7E" w14:textId="77777777" w:rsidR="00034BF5" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Studierende: Wechselnde studentische Vertretung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21832B57" w14:textId="5BE9CAE9" w:rsidR="005C7753" w:rsidRDefault="00034BF5" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Gleichstellungsbeauftragte: Wechselnde Vertretung des Gleichstellungsteams</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5785DC2A" w14:textId="77777777" w:rsidR="001A6EBF" w:rsidRDefault="001A6EBF" w:rsidP="00034BF5"/>
+    <w:p w14:paraId="7C4A2CBC" w14:textId="0139869D" w:rsidR="001A6EBF" w:rsidRDefault="001A6EBF" w:rsidP="00034BF5">
+      <w:r>
+        <w:t>Stand: April 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="001A6EBF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004E7FFC"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00BE6456"/>
+    <w:rsidRoot w:val="00034BF5"/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rsid w:val="00184693"/>
+    <w:rsid w:val="001A6EBF"/>
+    <w:rsid w:val="0028166B"/>
+    <w:rsid w:val="00326FDF"/>
+    <w:rsid w:val="00507C35"/>
+    <w:rsid w:val="005C7753"/>
+    <w:rsid w:val="00B078DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3FE5A3E6"/>
+  <w14:docId w14:val="24C7C551"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{154E46C6-611F-45D5-8E64-9E1AC4404050}"/>
+  <w15:docId w15:val="{5A81F8D3-C5E9-42F6-B753-377432A17844}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1443,207 +705,731 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift1Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift2Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift3Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift4Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift5Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift6Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift7Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift8Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift9Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
+    <w:name w:val="Überschrift 1 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
+    <w:name w:val="Überschrift 2 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
+    <w:name w:val="Überschrift 3 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift4Zchn">
+    <w:name w:val="Überschrift 4 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift5Zchn">
+    <w:name w:val="Überschrift 5 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift6Zchn">
+    <w:name w:val="Überschrift 6 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift7Zchn">
+    <w:name w:val="Überschrift 7 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift8Zchn">
+    <w:name w:val="Überschrift 8 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift9Zchn">
+    <w:name w:val="Überschrift 9 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titel">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="TitelZchn"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitelZchn">
+    <w:name w:val="Titel Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Titel"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Untertitel">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="UntertitelZchn"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UntertitelZchn">
+    <w:name w:val="Untertitel Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Untertitel"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zitat">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="ZitatZchn"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZitatZchn">
+    <w:name w:val="Zitat Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Zitat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listenabsatz">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Standard"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntensiveHervorhebung">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntensivesZitat">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="IntensivesZitatZchn"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntensivesZitatZchn">
+    <w:name w:val="Intensives Zitat Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="IntensivesZitat"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntensiverVerweis">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00034BF5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1744,80 +1530,80 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1064</Characters>
+  <Pages>2</Pages>
+  <Words>207</Words>
+  <Characters>1310</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1230</CharactersWithSpaces>
+  <CharactersWithSpaces>1514</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Nadine</dc:creator>
+  <dc:creator>Wuerriehausen-Bürger, Nadine</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>