--- v0 (2025-11-26)
+++ v1 (2026-01-12)
@@ -1,73 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20411"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\UJFB100\Studierendenbüro\000_NEU_Studienbüro_Prüfungsamt_NEU\Persönliche Ordner\Herrmann\Fakultät\Studium\BA_MA RW\Prüfungsberechtigte\Liste Prüfer § 11 APO\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3312232E-C5A1-47B9-95D5-CA2B69BE3CC9}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{53475D06-4E2B-4C8F-A71B-BD796503CB81}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="-105" windowWidth="19425" windowHeight="10305" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3450" yWindow="2460" windowWidth="21600" windowHeight="11295" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="CalcA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="591" uniqueCount="459">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="598" uniqueCount="463">
   <si>
     <t xml:space="preserve"> Professoren/Professorinnen</t>
   </si>
   <si>
     <t xml:space="preserve">Prof. Dr.                </t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>Ahrens</t>
   </si>
   <si>
     <t xml:space="preserve">Prof. Dr. Dr. h. c.   </t>
   </si>
   <si>
     <t>Kai</t>
   </si>
   <si>
     <t>Ambos</t>
   </si>
   <si>
     <t xml:space="preserve">Prof. Dr. </t>
   </si>
   <si>
@@ -283,131 +282,116 @@
   <si>
     <t>Christian</t>
   </si>
   <si>
     <t>Winterhoff</t>
   </si>
   <si>
     <t>Prüfungsberechtigte Honorarprofessoren</t>
   </si>
   <si>
     <t xml:space="preserve">Prof. Dr.                      </t>
   </si>
   <si>
     <t>Wilhelm-Albrecht</t>
   </si>
   <si>
     <t>Achilles</t>
   </si>
   <si>
     <t>Murad</t>
   </si>
   <si>
     <t>Erdemir</t>
   </si>
   <si>
-    <t>Ulrich</t>
-[...4 lines deleted...]
-  <si>
     <t>Stefan</t>
   </si>
   <si>
     <t>König</t>
   </si>
   <si>
     <t>Roger</t>
   </si>
   <si>
     <t>Dagmar</t>
   </si>
   <si>
     <t>Oppermann</t>
   </si>
   <si>
     <t>Gerhard</t>
   </si>
   <si>
     <t>Pape</t>
   </si>
   <si>
-    <t>Steinwedel</t>
-[...1 lines deleted...]
-  <si>
     <t>Oliver</t>
   </si>
   <si>
     <t>Tolmein</t>
   </si>
   <si>
     <t>Sven</t>
   </si>
   <si>
     <t>Völcker</t>
   </si>
   <si>
     <t>Werner</t>
   </si>
   <si>
     <t>Prüfungsberechtigte Privatdozenten</t>
   </si>
   <si>
     <t>PD Dr.</t>
   </si>
   <si>
     <t>Roman</t>
   </si>
   <si>
     <t>Lehner</t>
   </si>
   <si>
     <t>Norbert</t>
   </si>
   <si>
     <t>Ullrich</t>
   </si>
   <si>
     <t>Prüfungsberechtigte Lehrbeauftragte</t>
   </si>
   <si>
     <t>Torben</t>
   </si>
   <si>
     <t>Asmus</t>
   </si>
   <si>
     <t>Dr.</t>
   </si>
   <si>
-    <t>Yusuf Solmaz</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Prof.                    </t>
   </si>
   <si>
     <t>Zsolt György</t>
   </si>
   <si>
     <t>Balogh</t>
   </si>
   <si>
     <t>Alexander</t>
   </si>
   <si>
     <t>Behrens</t>
   </si>
   <si>
     <t xml:space="preserve">RA Dr.                      </t>
   </si>
   <si>
     <t xml:space="preserve">Uwe </t>
   </si>
   <si>
     <t>Betjen</t>
   </si>
   <si>
     <t xml:space="preserve">Dipl.-Verwaltungsw.      </t>
@@ -454,53 +438,50 @@
   <si>
     <t>Kalde</t>
   </si>
   <si>
     <t>Ehsan</t>
   </si>
   <si>
     <t>Kangarani</t>
   </si>
   <si>
     <t>Stefanie</t>
   </si>
   <si>
     <t>Killinger</t>
   </si>
   <si>
     <t>RiLG</t>
   </si>
   <si>
     <t>Burkard Johannes</t>
   </si>
   <si>
     <t>Klemke</t>
   </si>
   <si>
-    <t>VRi'inBSG</t>
-[...1 lines deleted...]
-  <si>
     <t>Sabine</t>
   </si>
   <si>
     <t>Knickrehm</t>
   </si>
   <si>
     <t>Joshua</t>
   </si>
   <si>
     <t>Kohler</t>
   </si>
   <si>
     <t>Wilfried</t>
   </si>
   <si>
     <t>Kraft</t>
   </si>
   <si>
     <t>Jonas</t>
   </si>
   <si>
     <t>Lars</t>
   </si>
   <si>
     <t>Loewens</t>
@@ -616,275 +597,227 @@
   <si>
     <t xml:space="preserve">Finn </t>
   </si>
   <si>
     <t>Riefling</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Dr. h.c. Kai Ambos</t>
   </si>
   <si>
     <t>Susann</t>
   </si>
   <si>
     <t>Aboueldahab</t>
   </si>
   <si>
     <t>Lehrstuhl Professor Dr. Ivo Bach</t>
   </si>
   <si>
     <t>Frederik</t>
   </si>
   <si>
     <t>Burghardt</t>
   </si>
   <si>
-    <t>Muriel</t>
-[...10 lines deleted...]
-  <si>
     <t>Lehrstuhl Prof. Dr. Eckart Bueren Dipl.-Volksw.</t>
   </si>
   <si>
     <t>Justin</t>
   </si>
   <si>
     <t>Bardhan</t>
   </si>
   <si>
     <t>Jennifer</t>
   </si>
   <si>
     <t>Crowder</t>
   </si>
   <si>
     <t>Fabian</t>
   </si>
   <si>
     <t>Gessat</t>
   </si>
   <si>
     <t>Imgarten</t>
   </si>
   <si>
     <t xml:space="preserve">Lehrstuhl Prof. Dr. Olaf Deinert </t>
   </si>
   <si>
     <t>Wilke</t>
   </si>
   <si>
     <t>Buschmann</t>
   </si>
   <si>
-    <t>Hobein</t>
-[...1 lines deleted...]
-  <si>
     <t>Fredrik</t>
   </si>
   <si>
     <t>Klee</t>
   </si>
   <si>
     <t>Leonie Kristin</t>
   </si>
   <si>
     <t>Lehlbach</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Gunnar Duttge</t>
   </si>
   <si>
     <t>Niklas</t>
   </si>
   <si>
     <t>Pfeifer</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Inge Hanewinkel</t>
   </si>
   <si>
     <t>Ahmet</t>
   </si>
   <si>
     <t>Arslan</t>
   </si>
   <si>
     <t>Nikolaus</t>
   </si>
   <si>
     <t>Linder</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Hans Michael Heinig</t>
   </si>
   <si>
-    <t>Basse</t>
-[...4 lines deleted...]
-  <si>
     <t>Julia</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Rüdiger Krause</t>
   </si>
   <si>
-    <t>Kristin</t>
-[...4 lines deleted...]
-  <si>
     <t>Anne-Katrin</t>
   </si>
   <si>
     <t>Primas</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Christine Langenfeld</t>
   </si>
   <si>
     <t xml:space="preserve">Christoph </t>
   </si>
   <si>
     <t>Clemens</t>
   </si>
   <si>
-    <t xml:space="preserve">Markus </t>
-[...4 lines deleted...]
-  <si>
     <t>Julian</t>
   </si>
   <si>
     <t>Jansen</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Dr. h. c. Volker Lipp</t>
   </si>
   <si>
     <t xml:space="preserve">Derk </t>
   </si>
   <si>
     <t>Bobolz</t>
   </si>
   <si>
     <t>Morgaine</t>
   </si>
   <si>
     <t xml:space="preserve">Jelitko </t>
   </si>
   <si>
-    <t>Hannah</t>
-[...4 lines deleted...]
-  <si>
     <t>Lehrstuhl Prof. Dr. Thomas Mann</t>
   </si>
   <si>
     <t>Jakob</t>
   </si>
   <si>
     <t>Eh</t>
   </si>
   <si>
     <t>Katharina</t>
   </si>
   <si>
-    <t>Hundertmark</t>
-[...1 lines deleted...]
-  <si>
     <t>Lorenz</t>
   </si>
   <si>
     <t>Lang</t>
   </si>
   <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>Otter</t>
   </si>
   <si>
     <t>Ronja</t>
   </si>
   <si>
     <t>Westermeyer</t>
   </si>
   <si>
     <t>Helen</t>
   </si>
   <si>
     <t>Wienands</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. José Martinez</t>
   </si>
   <si>
-    <t>Eike</t>
-[...1 lines deleted...]
-  <si>
     <t>Bögner</t>
   </si>
   <si>
     <t>Lohstroh</t>
   </si>
   <si>
     <t>von Nolting</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Florian Meinel</t>
   </si>
   <si>
     <t>Cederic</t>
   </si>
   <si>
     <t>Meier</t>
   </si>
   <si>
     <t>Laura</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Joachim Münch</t>
   </si>
   <si>
-    <t>Christokat</t>
-[...1 lines deleted...]
-  <si>
     <t>Lehrstuhl Prof. Dr. Uwe Murmann</t>
   </si>
   <si>
     <t>Juliane</t>
   </si>
   <si>
     <t>Greschenz</t>
   </si>
   <si>
     <t xml:space="preserve">Matthias </t>
   </si>
   <si>
     <t>Dölling</t>
   </si>
   <si>
     <t>Julius</t>
   </si>
   <si>
     <t>Pfeiffer</t>
   </si>
   <si>
     <t>Lena</t>
   </si>
   <si>
     <t>Weilbacher</t>
@@ -910,582 +843,643 @@
   <si>
     <t>Lehrstuhl Prof. Dr. Dr. Dietmar von der Pfordten</t>
   </si>
   <si>
     <t xml:space="preserve">Jan </t>
   </si>
   <si>
     <t>Ebeling</t>
   </si>
   <si>
     <t>Gisbertz-Astolfi</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Reuß</t>
   </si>
   <si>
     <t>Franz</t>
   </si>
   <si>
     <t>Gätjen</t>
   </si>
   <si>
     <t>Hermann</t>
   </si>
   <si>
-    <t>Lene</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Thomas </t>
   </si>
   <si>
     <t>Thamm</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Frank Schorkopf</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Eva Schumann</t>
   </si>
   <si>
     <t>Timo</t>
   </si>
   <si>
     <t>Albrecht</t>
   </si>
   <si>
     <t xml:space="preserve">Elisabeth </t>
   </si>
   <si>
     <t>Galbas</t>
   </si>
   <si>
-    <t>Johanna</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Matthäi </t>
   </si>
   <si>
     <t>Reh</t>
   </si>
   <si>
     <t>Susannah</t>
   </si>
   <si>
     <t>Vierke</t>
   </si>
   <si>
-    <t>Sophie</t>
-[...4 lines deleted...]
-  <si>
     <t>Lehrstuhl Prof. Dr. Angela Schwerdtfeger</t>
   </si>
   <si>
     <t>Franziska</t>
   </si>
   <si>
-    <t>Miriam</t>
-[...7 lines deleted...]
-  <si>
     <t>Cathrin</t>
   </si>
   <si>
     <t>Struß</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Gerald Spindler</t>
   </si>
   <si>
     <t>Eitinger</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>Moritz</t>
   </si>
   <si>
     <t>Griesel</t>
   </si>
   <si>
     <t>Tom</t>
   </si>
   <si>
     <t>Hubert</t>
   </si>
   <si>
     <t>Darwin</t>
   </si>
   <si>
     <t>Kayser</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Peter-Tobias Stoll</t>
   </si>
   <si>
-    <t>Agata</t>
-[...4 lines deleted...]
-  <si>
     <t>Kolkmeyer</t>
   </si>
   <si>
     <t>Yilly Vanessa</t>
   </si>
   <si>
     <t>Pacheco</t>
   </si>
   <si>
     <t>Lehrstuhl Prof. Dr. Barbara Veit</t>
   </si>
   <si>
-    <t>Hagemann</t>
-[...1 lines deleted...]
-  <si>
     <t>Lehrstuhl Prof. Dr. Andreas Wiebe, LL.M. (Virginia)</t>
   </si>
   <si>
-    <t>Gehringer</t>
-[...1 lines deleted...]
-  <si>
     <t>Andriy</t>
   </si>
   <si>
     <t>Ilyuk</t>
   </si>
   <si>
     <t>Jannik</t>
   </si>
   <si>
     <t>Scherer</t>
   </si>
   <si>
     <t xml:space="preserve">Xu </t>
   </si>
   <si>
     <t>Wang</t>
   </si>
   <si>
     <t>Anna</t>
   </si>
   <si>
-    <t>Ertle</t>
-[...1 lines deleted...]
-  <si>
     <t>Espinosa</t>
   </si>
   <si>
     <t>Rodolfo Gonzalez</t>
   </si>
   <si>
     <t>Görges</t>
   </si>
   <si>
     <t>Großmann</t>
   </si>
   <si>
     <t>Haak</t>
   </si>
   <si>
     <t>Reisner</t>
   </si>
   <si>
     <t>Behr</t>
   </si>
   <si>
     <t xml:space="preserve">Susanne-Marie </t>
   </si>
   <si>
-    <t>Kaltenbach</t>
-[...4 lines deleted...]
-  <si>
     <t>Lehrstuhl Prof. Dr. Alexander Baur</t>
   </si>
   <si>
     <t>Sarah</t>
   </si>
   <si>
     <t>Nowka</t>
   </si>
   <si>
     <t>Nelson Plazas</t>
   </si>
   <si>
     <t>Ovalle</t>
   </si>
   <si>
     <t>Victoria</t>
   </si>
   <si>
     <t>Kautzner</t>
   </si>
   <si>
     <t>Tim</t>
   </si>
   <si>
     <t>Beckering</t>
   </si>
   <si>
     <t>Tilmann</t>
   </si>
   <si>
     <t>Wiedenroth</t>
   </si>
   <si>
     <t>Reisch</t>
   </si>
   <si>
-    <t>Leonard</t>
-[...1 lines deleted...]
-  <si>
     <t>Hoffmann</t>
   </si>
   <si>
     <t>Berg</t>
   </si>
   <si>
     <t>Leon</t>
   </si>
   <si>
     <t>Constantin</t>
   </si>
   <si>
     <t>Felix</t>
   </si>
   <si>
     <t>Heyn</t>
   </si>
   <si>
     <t>Arne</t>
   </si>
   <si>
     <t>Misselwitz</t>
   </si>
   <si>
     <t>Baur</t>
   </si>
   <si>
     <t>Hirsch</t>
   </si>
   <si>
     <t>Philipp-Alexander</t>
   </si>
   <si>
     <t>Dr. Dr.</t>
   </si>
   <si>
     <t>Kiermeier</t>
   </si>
   <si>
-    <t xml:space="preserve">Rowlands Olaechea </t>
-[...4 lines deleted...]
-  <si>
     <t>Neumann</t>
   </si>
   <si>
     <t>Corinna</t>
   </si>
   <si>
     <t>Kuhle</t>
   </si>
   <si>
     <t>Schultz</t>
   </si>
   <si>
     <t>Seidel</t>
   </si>
   <si>
     <t>Christina</t>
   </si>
   <si>
-    <t>Ruess</t>
-[...1 lines deleted...]
-  <si>
     <t>Elena</t>
   </si>
   <si>
     <t>Schaffeld</t>
   </si>
   <si>
     <t>Edwina</t>
   </si>
   <si>
     <t>Draheim</t>
   </si>
   <si>
     <t xml:space="preserve">apl. Prof. Dr. </t>
   </si>
   <si>
     <t>Voigt</t>
   </si>
   <si>
-    <t>Albe</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Lucas </t>
   </si>
   <si>
     <t>Alheid</t>
   </si>
   <si>
     <t>Tamay</t>
   </si>
   <si>
     <t>Schimang</t>
   </si>
   <si>
-    <t xml:space="preserve">PD Dr. </t>
-[...4 lines deleted...]
-  <si>
     <t>Zorn</t>
   </si>
   <si>
     <t>Dipl.-Rpfl.</t>
   </si>
   <si>
     <t>wissenschaftliche Mitarbeiter_innen und wissenschaftliche Hilfskräfte</t>
   </si>
   <si>
     <t>Winterberg</t>
   </si>
   <si>
     <t>Supplitt</t>
   </si>
   <si>
     <t>Timon</t>
   </si>
   <si>
     <t>Doods</t>
   </si>
   <si>
     <t xml:space="preserve">Pauline </t>
   </si>
   <si>
-    <t>Karin</t>
-[...4 lines deleted...]
-  <si>
     <t>Seyed Erfan</t>
   </si>
   <si>
     <t>Khorasani-Nejad</t>
   </si>
   <si>
     <t>Michel</t>
   </si>
   <si>
     <t>Jedamzik</t>
   </si>
   <si>
     <t>Dittmar</t>
   </si>
   <si>
     <t>Iber</t>
   </si>
   <si>
-    <t>Jonas Walter</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Cara </t>
   </si>
   <si>
     <t>Tristan</t>
   </si>
   <si>
     <t>Wißgott</t>
   </si>
   <si>
-    <t>Otto Andreas</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Seyed Erfan </t>
   </si>
   <si>
     <t>Johannes Stefan</t>
   </si>
   <si>
     <t>Geiersbach</t>
   </si>
   <si>
     <t xml:space="preserve">Dr. </t>
   </si>
   <si>
     <t>Detlef</t>
   </si>
   <si>
     <t>von Daniels</t>
   </si>
   <si>
     <t>Jana</t>
   </si>
   <si>
     <t>del Rio Hecklau</t>
   </si>
   <si>
     <t>Henrike</t>
   </si>
   <si>
     <t>Kruse</t>
   </si>
   <si>
-    <t>Zaker</t>
-[...13 lines deleted...]
-  <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Thomsen</t>
   </si>
   <si>
     <t>Knepper</t>
   </si>
   <si>
     <t>Jinjin</t>
   </si>
   <si>
     <t>He</t>
   </si>
   <si>
-    <t>Hering</t>
-[...1 lines deleted...]
-  <si>
     <t>Arvid</t>
   </si>
   <si>
     <t>Spiggelkötter</t>
-  </si>
-[...7 lines deleted...]
-    <t>Jannis</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Sitzung des Fakultätsrates am 27.08.2024 – TOP #.# (Anlage #)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="1"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
-    <t>Prüfungsberechtigte Personen gemäß § 11 APO (Stand ##.##.####)</t>
-[...1 lines deleted...]
-  <si>
     <t>(ohne Studiengänge "European and Transnational Law of Intellectual Property and Information Technology" [LIPIT] und "Göttingen Master of International Law" [GOMIL])</t>
   </si>
   <si>
-    <r>
-[...16 lines deleted...]
-    </r>
+    <t>Uma</t>
+  </si>
+  <si>
+    <t>Fritze</t>
+  </si>
+  <si>
+    <t>Eric Alexander</t>
+  </si>
+  <si>
+    <t>Rueß</t>
+  </si>
+  <si>
+    <t>Lousia</t>
+  </si>
+  <si>
+    <t>Finauer</t>
+  </si>
+  <si>
+    <t>Liam</t>
+  </si>
+  <si>
+    <t>Draf</t>
+  </si>
+  <si>
+    <t>Böhme</t>
+  </si>
+  <si>
+    <t>Luca Fynn</t>
+  </si>
+  <si>
+    <t>Duda</t>
+  </si>
+  <si>
+    <t>Luca</t>
+  </si>
+  <si>
+    <t>Reermann</t>
+  </si>
+  <si>
+    <t>Baltzer</t>
+  </si>
+  <si>
+    <t>Shaghayegh</t>
+  </si>
+  <si>
+    <t>Kian</t>
+  </si>
+  <si>
+    <t>Schmidt</t>
+  </si>
+  <si>
+    <t>Müller</t>
+  </si>
+  <si>
+    <t>Eike Marius</t>
+  </si>
+  <si>
+    <t>Senol</t>
+  </si>
+  <si>
+    <t>Becirovski</t>
+  </si>
+  <si>
+    <t>Lukas W.</t>
+  </si>
+  <si>
+    <t>Fischer</t>
+  </si>
+  <si>
+    <t>Benedict</t>
+  </si>
+  <si>
+    <t>Krohn</t>
+  </si>
+  <si>
+    <t>Caspar</t>
+  </si>
+  <si>
+    <t>Baumeister</t>
+  </si>
+  <si>
+    <t>Leonard R.</t>
+  </si>
+  <si>
+    <t>Hartlieb</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Diekmann</t>
+  </si>
+  <si>
+    <t>Greta</t>
+  </si>
+  <si>
+    <t>Steinkampf</t>
+  </si>
+  <si>
+    <t>Friedrike</t>
+  </si>
+  <si>
+    <t>Prinz</t>
+  </si>
+  <si>
+    <t>Büning</t>
+  </si>
+  <si>
+    <t>Markus</t>
+  </si>
+  <si>
+    <t>Carolin</t>
+  </si>
+  <si>
+    <t>Wagemeyer</t>
+  </si>
+  <si>
+    <t>Becker</t>
+  </si>
+  <si>
+    <t>Amine</t>
+  </si>
+  <si>
+    <t>Er-Rabbaa</t>
+  </si>
+  <si>
+    <t>Poppea Antonia</t>
+  </si>
+  <si>
+    <t>Larissa</t>
+  </si>
+  <si>
+    <t>Landwehr</t>
+  </si>
+  <si>
+    <t>Sinder</t>
+  </si>
+  <si>
+    <t>Rike</t>
+  </si>
+  <si>
+    <t>von Gall</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>Jun. Prof. Dr.</t>
+  </si>
+  <si>
+    <t>Zurth</t>
+  </si>
+  <si>
+    <t>Florian Patrick</t>
+  </si>
+  <si>
+    <t>Garber</t>
+  </si>
+  <si>
+    <t>Geroldinger</t>
+  </si>
+  <si>
+    <t>Nordemann-Schiffel</t>
+  </si>
+  <si>
+    <t>Anke</t>
+  </si>
+  <si>
+    <t>Haberzettl</t>
+  </si>
+  <si>
+    <t>Lederer</t>
+  </si>
+  <si>
+    <t>Jenny</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prof. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prof. Dr. Dr. h. c.                     </t>
+  </si>
+  <si>
+    <t>Hülskötter</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prof. Dr. Dr. h. c.               </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prof. Dr. Dr. h. c.             </t>
+  </si>
+  <si>
+    <t>Gerdemann</t>
+  </si>
+  <si>
+    <t>Leuchtenberger</t>
+  </si>
+  <si>
+    <t>Prüfungsberechtigte Personen gemäß § 11 APO (Stand 16.07.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -1524,133 +1518,125 @@
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFC0C0C0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA6A6A6"/>
         <bgColor rgb="FFC0C0C0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="1" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFC0C0C0"/>
       <rgbColor rgb="FF808080"/>
       <rgbColor rgb="FF9999FF"/>
@@ -1693,55 +1679,51 @@
       <rgbColor rgb="FF993366"/>
       <rgbColor rgb="FF333399"/>
       <rgbColor rgb="FF333333"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1967,141 +1949,141 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:C267"/>
+  <dimension ref="A1:C269"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A105" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C111" sqref="C111"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2:C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="37.5703125" customWidth="1"/>
     <col min="3" max="3" width="100.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="13.5" x14ac:dyDescent="0.25">
-      <c r="B1" s="31" t="s">
-        <v>455</v>
+      <c r="B1" s="28" t="s">
+        <v>394</v>
       </c>
       <c r="C1" s="29"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="30" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="C2" s="29"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B3" s="29" t="s">
-        <v>457</v>
+        <v>395</v>
       </c>
       <c r="C3" s="29"/>
     </row>
     <row r="5" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="1"/>
     </row>
     <row r="6" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>1</v>
+        <v>458</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>378</v>
+        <v>339</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15" x14ac:dyDescent="0.25">
@@ -2128,2363 +2110,2386 @@
     </row>
     <row r="15" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>26</v>
+        <v>326</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>27</v>
+        <v>457</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>10</v>
+        <v>456</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>1</v>
+        <v>459</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>57</v>
+        <v>1</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="B34" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="C33" s="3" t="s">
+      <c r="C34" s="3" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="34" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B34" s="5" t="s">
+    <row r="35" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="C34" s="4"/>
-[...10 lines deleted...]
-      </c>
+      <c r="C35" s="4"/>
     </row>
     <row r="36" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="39" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>396</v>
+        <v>63</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
     </row>
     <row r="40" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>76</v>
+        <v>354</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
     </row>
     <row r="41" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A42" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B41" s="3" t="s">
+      <c r="B42" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="C41" s="3" t="s">
+      <c r="C42" s="3" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="42" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B42" s="5" t="s">
+    <row r="43" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="C42" s="4"/>
-[...10 lines deleted...]
-      </c>
+      <c r="C43" s="4"/>
     </row>
     <row r="44" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>10</v>
+        <v>81</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="45" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="46" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>10</v>
+        <v>455</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>88</v>
+        <v>138</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>89</v>
+        <v>139</v>
       </c>
     </row>
     <row r="47" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>34</v>
+        <v>87</v>
       </c>
     </row>
     <row r="48" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>81</v>
+        <v>1</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
     </row>
     <row r="49" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>1</v>
+        <v>81</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
     </row>
     <row r="51" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="52" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="53" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="54" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C54" s="4"/>
     </row>
     <row r="55" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C55" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A57" s="4"/>
+      <c r="B57" s="5" t="s">
         <v>104</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      </c>
+      <c r="C57" s="4"/>
     </row>
     <row r="58" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
     </row>
     <row r="59" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="60" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
     </row>
     <row r="61" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="62" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
     </row>
     <row r="63" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
     </row>
     <row r="64" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A64" s="3"/>
       <c r="B64" s="3" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
     </row>
     <row r="66" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A66" s="3"/>
+      <c r="A66" s="3" t="s">
+        <v>10</v>
+      </c>
       <c r="B66" s="3" t="s">
-        <v>128</v>
+        <v>33</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>129</v>
+        <v>448</v>
       </c>
     </row>
     <row r="67" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A67" s="3"/>
+      <c r="A67" s="3" t="s">
+        <v>10</v>
+      </c>
       <c r="B67" s="3" t="s">
-        <v>130</v>
+        <v>60</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>131</v>
+        <v>449</v>
       </c>
     </row>
     <row r="68" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A68" s="3"/>
       <c r="B68" s="3" t="s">
-        <v>380</v>
+        <v>123</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>379</v>
+        <v>124</v>
       </c>
     </row>
     <row r="69" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>73</v>
+        <v>107</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>78</v>
+        <v>5</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>132</v>
+        <v>452</v>
       </c>
     </row>
     <row r="70" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A70" s="3"/>
       <c r="B70" s="3" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
     </row>
     <row r="71" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A72" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A72" s="3"/>
       <c r="B72" s="3" t="s">
-        <v>345</v>
+        <v>78</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>382</v>
+        <v>127</v>
       </c>
     </row>
     <row r="73" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>138</v>
+        <v>129</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
     </row>
     <row r="74" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>140</v>
+        <v>73</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>142</v>
+        <v>132</v>
       </c>
     </row>
     <row r="75" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A75" s="3"/>
       <c r="B75" s="3" t="s">
-        <v>144</v>
+        <v>310</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>145</v>
+        <v>343</v>
       </c>
     </row>
     <row r="76" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>148</v>
+        <v>133</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
     </row>
     <row r="77" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A77" s="3"/>
+      <c r="A77" s="3" t="s">
+        <v>135</v>
+      </c>
       <c r="B77" s="3" t="s">
-        <v>283</v>
+        <v>136</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>387</v>
+        <v>137</v>
       </c>
     </row>
     <row r="78" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>223</v>
+        <v>142</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>224</v>
+        <v>143</v>
       </c>
     </row>
     <row r="79" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A79" s="3"/>
       <c r="B79" s="3" t="s">
-        <v>151</v>
+        <v>261</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>152</v>
+        <v>346</v>
       </c>
     </row>
     <row r="80" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>10</v>
+        <v>107</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>33</v>
+        <v>454</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>153</v>
+        <v>453</v>
       </c>
     </row>
     <row r="81" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>10</v>
+        <v>107</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>154</v>
+        <v>176</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>155</v>
+        <v>177</v>
       </c>
     </row>
     <row r="82" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>156</v>
+        <v>145</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
     </row>
     <row r="83" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>386</v>
+        <v>33</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>385</v>
+        <v>147</v>
       </c>
     </row>
     <row r="84" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A84" s="3"/>
+      <c r="A84" s="3" t="s">
+        <v>10</v>
+      </c>
       <c r="B84" s="3" t="s">
-        <v>384</v>
+        <v>148</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>383</v>
+        <v>149</v>
       </c>
     </row>
     <row r="85" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>78</v>
+        <v>150</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
     </row>
     <row r="86" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A86" s="3"/>
+      <c r="A86" s="3" t="s">
+        <v>107</v>
+      </c>
       <c r="B86" s="3" t="s">
-        <v>2</v>
+        <v>345</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>159</v>
+        <v>344</v>
       </c>
     </row>
     <row r="87" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>31</v>
+        <v>451</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>388</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A88" s="3"/>
+      <c r="A88" s="3" t="s">
+        <v>73</v>
+      </c>
       <c r="B88" s="3" t="s">
-        <v>450</v>
+        <v>78</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>451</v>
+        <v>152</v>
       </c>
     </row>
     <row r="89" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A89" s="3"/>
       <c r="B89" s="3" t="s">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
     </row>
     <row r="90" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>161</v>
+        <v>107</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>162</v>
+        <v>31</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>31</v>
+        <v>347</v>
       </c>
     </row>
     <row r="91" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A91" s="3"/>
       <c r="B91" s="3" t="s">
-        <v>163</v>
+        <v>392</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>164</v>
+        <v>393</v>
       </c>
     </row>
     <row r="92" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A92" s="3"/>
       <c r="B92" s="3" t="s">
-        <v>166</v>
+        <v>55</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>167</v>
+        <v>154</v>
       </c>
     </row>
     <row r="93" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>73</v>
+        <v>155</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>88</v>
+        <v>156</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A95" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A96" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...23 lines deleted...]
-        <v>405</v>
+      <c r="B96" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="97" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A97" s="4"/>
-[...3 lines deleted...]
-      <c r="C97" s="4"/>
+      <c r="A97" s="3"/>
+      <c r="B97" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>165</v>
+      </c>
     </row>
     <row r="98" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>10</v>
+        <v>361</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>11</v>
+        <v>89</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>12</v>
+        <v>360</v>
       </c>
     </row>
     <row r="99" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A99" s="3" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A99" s="4"/>
+      <c r="B99" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="C99" s="4"/>
     </row>
     <row r="100" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>452</v>
+        <v>442</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>254</v>
+        <v>441</v>
       </c>
     </row>
     <row r="101" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>403</v>
+        <v>445</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>453</v>
-[...10 lines deleted...]
-        <v>404</v>
+        <v>443</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A102" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>446</v>
       </c>
     </row>
     <row r="103" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A103" s="4"/>
       <c r="B103" s="5" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C103" s="4"/>
     </row>
-    <row r="104" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>175</v>
+    <row r="104" spans="1:3" s="27" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A104" s="26" t="s">
+        <v>107</v>
+      </c>
+      <c r="B104" s="25" t="s">
+        <v>291</v>
+      </c>
+      <c r="C104" s="26" t="s">
+        <v>460</v>
       </c>
     </row>
     <row r="105" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>144</v>
+        <v>111</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
     </row>
     <row r="106" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>177</v>
+        <v>138</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
     </row>
     <row r="107" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>179</v>
+        <v>107</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>147</v>
+        <v>172</v>
       </c>
     </row>
     <row r="108" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>103</v>
+        <v>174</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>104</v>
+        <v>141</v>
       </c>
     </row>
     <row r="109" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>110</v>
+        <v>175</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>182</v>
+        <v>100</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>183</v>
+        <v>101</v>
       </c>
     </row>
     <row r="110" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A110" s="6" t="s">
-        <v>110</v>
+      <c r="A110" s="3" t="s">
+        <v>107</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>60</v>
+        <v>176</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>389</v>
+        <v>177</v>
       </c>
     </row>
     <row r="111" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A111" s="6" t="s">
-        <v>165</v>
+        <v>107</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>401</v>
+        <v>60</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>402</v>
+        <v>348</v>
       </c>
     </row>
     <row r="112" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A112" s="3" t="s">
-        <v>10</v>
+      <c r="A112" s="6" t="s">
+        <v>159</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>184</v>
+        <v>358</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>185</v>
+        <v>359</v>
       </c>
     </row>
     <row r="113" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>105</v>
+        <v>178</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>106</v>
+        <v>179</v>
       </c>
     </row>
     <row r="114" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>186</v>
+        <v>102</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>187</v>
+        <v>103</v>
       </c>
     </row>
     <row r="115" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A115" s="3"/>
-[...1 lines deleted...]
-      <c r="C115" s="3"/>
+      <c r="A115" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>181</v>
+      </c>
     </row>
     <row r="116" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A116" s="4"/>
       <c r="B116" s="5" t="s">
-        <v>407</v>
+        <v>362</v>
       </c>
       <c r="C116" s="7"/>
     </row>
     <row r="117" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A117" s="8"/>
       <c r="B117" s="9"/>
       <c r="C117" s="10"/>
     </row>
     <row r="118" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A118" s="4"/>
       <c r="B118" s="5" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="C118" s="7"/>
     </row>
     <row r="119" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A119" s="3"/>
       <c r="B119" s="3" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
     </row>
     <row r="120" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A120" s="3"/>
       <c r="B120" s="3" t="s">
-        <v>228</v>
+        <v>215</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>408</v>
+        <v>363</v>
       </c>
     </row>
     <row r="121" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A121" s="5"/>
       <c r="B121" s="5" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="C121" s="5"/>
     </row>
     <row r="122" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A122" s="3"/>
       <c r="B122" s="3" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
     </row>
     <row r="123" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A123" s="3"/>
       <c r="B123" s="3" t="s">
-        <v>279</v>
+        <v>396</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>346</v>
+        <v>397</v>
       </c>
     </row>
     <row r="124" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A124" s="3"/>
       <c r="B124" s="3" t="s">
-        <v>348</v>
+        <v>312</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>347</v>
+        <v>311</v>
       </c>
     </row>
     <row r="125" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A125" s="5"/>
       <c r="B125" s="5" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="C125" s="5"/>
     </row>
     <row r="126" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A126" s="3"/>
       <c r="B126" s="3" t="s">
-        <v>195</v>
+        <v>398</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>196</v>
+        <v>34</v>
       </c>
     </row>
     <row r="127" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A127" s="3"/>
       <c r="B127" s="3" t="s">
-        <v>197</v>
+        <v>352</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>198</v>
+        <v>353</v>
       </c>
     </row>
     <row r="128" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A128" s="3"/>
       <c r="B128" s="3" t="s">
-        <v>199</v>
+        <v>45</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>200</v>
-[...9 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3" s="24" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A129" s="23"/>
+      <c r="B129" s="23" t="s">
+        <v>319</v>
+      </c>
+      <c r="C129" s="23"/>
     </row>
     <row r="130" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A130" s="3"/>
       <c r="B130" s="3" t="s">
-        <v>45</v>
+        <v>400</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>349</v>
-[...7 lines deleted...]
-      <c r="C131" s="23"/>
+        <v>401</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A131" s="3"/>
+      <c r="B131" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>299</v>
+      </c>
     </row>
     <row r="132" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A132" s="3"/>
       <c r="B132" s="3" t="s">
-        <v>358</v>
+        <v>349</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>89</v>
+        <v>399</v>
       </c>
     </row>
     <row r="133" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A133" s="3"/>
       <c r="B133" s="3" t="s">
-        <v>390</v>
+        <v>350</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>391</v>
+        <v>351</v>
       </c>
     </row>
     <row r="134" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A134" s="3"/>
       <c r="B134" s="3" t="s">
-        <v>392</v>
+        <v>439</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>393</v>
+        <v>440</v>
       </c>
     </row>
     <row r="135" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A135" s="3"/>
       <c r="B135" s="3" t="s">
-        <v>358</v>
+        <v>438</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>409</v>
+        <v>164</v>
       </c>
     </row>
     <row r="136" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A136" s="5"/>
-[...3 lines deleted...]
-      <c r="C136" s="5"/>
+      <c r="A136" s="3"/>
+      <c r="B136" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>364</v>
+      </c>
     </row>
     <row r="137" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A137" s="11"/>
-[...5 lines deleted...]
-      </c>
+      <c r="A137" s="5"/>
+      <c r="B137" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="C137" s="5"/>
     </row>
     <row r="138" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A138" s="3"/>
+      <c r="A138" s="11"/>
       <c r="B138" s="3" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>205</v>
+        <v>193</v>
       </c>
     </row>
     <row r="139" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A139" s="3"/>
       <c r="B139" s="3" t="s">
-        <v>410</v>
+        <v>194</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>411</v>
+        <v>195</v>
       </c>
     </row>
     <row r="140" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A140" s="3"/>
       <c r="B140" s="3" t="s">
-        <v>206</v>
+        <v>365</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>207</v>
+        <v>366</v>
       </c>
     </row>
     <row r="141" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A141" s="3"/>
       <c r="B141" s="3" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
     </row>
     <row r="142" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A142" s="5"/>
-[...3 lines deleted...]
-      <c r="C142" s="5"/>
+      <c r="A142" s="3"/>
+      <c r="B142" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C142" s="3" t="s">
+        <v>198</v>
+      </c>
     </row>
     <row r="143" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A143" s="3"/>
-[...13 lines deleted...]
-        <v>214</v>
+      <c r="A143" s="5"/>
+      <c r="B143" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="C143" s="5"/>
+    </row>
+    <row r="144" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A144" s="3"/>
+      <c r="B144" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="C144" s="3" t="s">
+        <v>201</v>
       </c>
     </row>
     <row r="145" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A145" s="12"/>
       <c r="B145" s="18" t="s">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="C145" s="18" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
     </row>
     <row r="146" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="12"/>
       <c r="B146" s="18" t="s">
-        <v>45</v>
+        <v>204</v>
       </c>
       <c r="C146" s="18" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
     </row>
     <row r="147" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="12"/>
       <c r="B147" s="18" t="s">
-        <v>273</v>
+        <v>251</v>
       </c>
       <c r="C147" s="18" t="s">
-        <v>350</v>
+        <v>314</v>
       </c>
     </row>
     <row r="148" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A148" s="12"/>
       <c r="B148" s="18" t="s">
-        <v>412</v>
+        <v>367</v>
       </c>
       <c r="C148" s="18" t="s">
-        <v>351</v>
+        <v>315</v>
       </c>
     </row>
     <row r="149" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A149" s="4"/>
       <c r="B149" s="5" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="C149" s="4"/>
     </row>
     <row r="150" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
     </row>
     <row r="151" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A151" s="3"/>
       <c r="B151" s="3" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
     </row>
     <row r="152" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A152" s="3"/>
       <c r="B152" s="3" t="s">
-        <v>413</v>
+        <v>402</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
     </row>
     <row r="153" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A153" s="3"/>
       <c r="B153" s="3" t="s">
-        <v>415</v>
+        <v>150</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>416</v>
+        <v>404</v>
       </c>
     </row>
     <row r="154" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A154" s="4"/>
-[...3 lines deleted...]
-      <c r="C154" s="4"/>
+      <c r="A154" s="3"/>
+      <c r="B154" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C154" s="3" t="s">
+        <v>369</v>
+      </c>
     </row>
     <row r="155" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A155" s="3"/>
-[...5 lines deleted...]
-      </c>
+      <c r="A155" s="4"/>
+      <c r="B155" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C155" s="4"/>
     </row>
     <row r="156" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A156" s="3"/>
       <c r="B156" s="3" t="s">
-        <v>417</v>
+        <v>210</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>352</v>
+        <v>211</v>
       </c>
     </row>
     <row r="157" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A157" s="3"/>
       <c r="B157" s="3" t="s">
-        <v>195</v>
+        <v>370</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>353</v>
+        <v>316</v>
       </c>
     </row>
     <row r="158" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A158" s="3"/>
+      <c r="A158" s="3" t="s">
+        <v>107</v>
+      </c>
       <c r="B158" s="3" t="s">
-        <v>45</v>
+        <v>212</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>418</v>
+        <v>213</v>
       </c>
     </row>
     <row r="159" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A159" s="5"/>
-[...3 lines deleted...]
-      <c r="C159" s="5"/>
+      <c r="A159" s="3"/>
+      <c r="B159" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="C159" s="3" t="s">
+        <v>317</v>
+      </c>
     </row>
     <row r="160" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A160" s="3"/>
       <c r="B160" s="3" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>226</v>
+        <v>371</v>
       </c>
     </row>
     <row r="161" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A161" s="3"/>
-[...5 lines deleted...]
-      </c>
+      <c r="A161" s="5"/>
+      <c r="B161" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="C161" s="5"/>
     </row>
     <row r="162" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A162" s="3"/>
       <c r="B162" s="3" t="s">
-        <v>356</v>
+        <v>405</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>227</v>
+        <v>406</v>
       </c>
     </row>
     <row r="163" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A163" s="3"/>
       <c r="B163" s="3" t="s">
-        <v>239</v>
+        <v>318</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>355</v>
+        <v>27</v>
       </c>
     </row>
     <row r="164" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A164" s="4"/>
-[...3 lines deleted...]
-      <c r="C164" s="4"/>
+      <c r="A164" s="3"/>
+      <c r="B164" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="C164" s="3" t="s">
+        <v>408</v>
+      </c>
     </row>
     <row r="165" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A165" s="3"/>
-[...5 lines deleted...]
-      </c>
+      <c r="A165" s="4"/>
+      <c r="B165" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="C165" s="4"/>
     </row>
     <row r="166" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A166" s="3"/>
       <c r="B166" s="3" t="s">
-        <v>374</v>
+        <v>248</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>420</v>
+        <v>372</v>
       </c>
     </row>
     <row r="167" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A167" s="3"/>
       <c r="B167" s="3" t="s">
-        <v>421</v>
+        <v>335</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>422</v>
+        <v>373</v>
       </c>
     </row>
     <row r="168" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A168" s="3"/>
       <c r="B168" s="3" t="s">
-        <v>230</v>
+        <v>439</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>231</v>
+        <v>461</v>
       </c>
     </row>
     <row r="169" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A169" s="3"/>
       <c r="B169" s="3" t="s">
-        <v>232</v>
+        <v>217</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>233</v>
+        <v>218</v>
       </c>
     </row>
     <row r="170" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A170" s="4"/>
       <c r="B170" s="13" t="s">
-        <v>234</v>
+        <v>219</v>
       </c>
       <c r="C170" s="4"/>
     </row>
     <row r="171" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A171" s="12" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B171" s="16" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C171" s="12" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="172" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A172" s="14"/>
       <c r="B172" s="14" t="s">
-        <v>235</v>
+        <v>220</v>
       </c>
       <c r="C172" s="14" t="s">
-        <v>236</v>
+        <v>221</v>
       </c>
     </row>
     <row r="173" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A173" s="3"/>
       <c r="B173" s="3" t="s">
-        <v>237</v>
+        <v>222</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>238</v>
+        <v>223</v>
       </c>
     </row>
     <row r="174" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A174" s="3"/>
-[...5 lines deleted...]
-      </c>
+      <c r="A174" s="4"/>
+      <c r="B174" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="C174" s="4"/>
     </row>
     <row r="175" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A175" s="4"/>
-[...3 lines deleted...]
-      <c r="C175" s="4"/>
+      <c r="A175" s="12"/>
+      <c r="B175" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="C175" s="18" t="s">
+        <v>226</v>
+      </c>
     </row>
     <row r="176" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A176" s="12"/>
       <c r="B176" s="18" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="C176" s="18" t="s">
-        <v>243</v>
+        <v>321</v>
       </c>
     </row>
     <row r="177" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A177" s="12"/>
       <c r="B177" s="18" t="s">
-        <v>273</v>
+        <v>227</v>
       </c>
       <c r="C177" s="18" t="s">
-        <v>359</v>
+        <v>228</v>
       </c>
     </row>
     <row r="178" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A178" s="12"/>
-      <c r="B178" s="18" t="s">
-[...3 lines deleted...]
-        <v>245</v>
+      <c r="B178" s="22" t="s">
+        <v>257</v>
+      </c>
+      <c r="C178" s="22" t="s">
+        <v>409</v>
       </c>
     </row>
     <row r="179" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A179" s="12"/>
-[...5 lines deleted...]
-      </c>
+      <c r="A179" s="4"/>
+      <c r="B179" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="C179" s="4"/>
     </row>
     <row r="180" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A180" s="12"/>
-      <c r="B180" s="22" t="s">
-[...3 lines deleted...]
-        <v>398</v>
+      <c r="B180" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="C180" s="19" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="181" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A181" s="4"/>
-[...3 lines deleted...]
-      <c r="C181" s="4"/>
+      <c r="A181" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="B181" s="18" t="s">
+        <v>410</v>
+      </c>
+      <c r="C181" s="19" t="s">
+        <v>411</v>
+      </c>
     </row>
     <row r="182" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A182" s="12"/>
       <c r="B182" s="18" t="s">
-        <v>249</v>
+        <v>233</v>
       </c>
       <c r="C182" s="19" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
     </row>
     <row r="183" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A183" s="12"/>
       <c r="B183" s="18" t="s">
-        <v>251</v>
+        <v>235</v>
       </c>
       <c r="C183" s="19" t="s">
-        <v>252</v>
+        <v>236</v>
       </c>
     </row>
     <row r="184" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A184" s="12"/>
       <c r="B184" s="18" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="C184" s="19" t="s">
-        <v>254</v>
+        <v>238</v>
       </c>
     </row>
     <row r="185" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A185" s="12"/>
       <c r="B185" s="18" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>239</v>
+      </c>
+      <c r="C185" s="18" t="s">
+        <v>240</v>
       </c>
     </row>
     <row r="186" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A186" s="12"/>
       <c r="B186" s="18" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>207</v>
+      </c>
+      <c r="C186" s="18" t="s">
+        <v>412</v>
       </c>
     </row>
     <row r="187" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A187" s="12"/>
       <c r="B187" s="18" t="s">
-        <v>259</v>
+        <v>215</v>
       </c>
       <c r="C187" s="18" t="s">
-        <v>260</v>
+        <v>413</v>
       </c>
     </row>
     <row r="188" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A188" s="4"/>
       <c r="B188" s="5" t="s">
-        <v>261</v>
+        <v>241</v>
       </c>
       <c r="C188" s="4"/>
     </row>
     <row r="189" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A189" s="12"/>
       <c r="B189" s="3" t="s">
-        <v>262</v>
+        <v>414</v>
       </c>
       <c r="C189" s="12" t="s">
-        <v>263</v>
+        <v>242</v>
       </c>
     </row>
     <row r="190" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A190" s="3"/>
       <c r="B190" s="3" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>264</v>
+        <v>243</v>
       </c>
     </row>
     <row r="191" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A191" s="3"/>
       <c r="B191" s="3" t="s">
-        <v>424</v>
+        <v>374</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>265</v>
+        <v>244</v>
       </c>
     </row>
     <row r="192" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A192" s="3"/>
       <c r="B192" s="3" t="s">
-        <v>360</v>
+        <v>322</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>361</v>
+        <v>323</v>
       </c>
     </row>
     <row r="193" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A193" s="3"/>
       <c r="B193" s="3" t="s">
-        <v>314</v>
+        <v>286</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>397</v>
+        <v>355</v>
       </c>
     </row>
     <row r="194" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A194" s="4"/>
       <c r="B194" s="5" t="s">
-        <v>266</v>
+        <v>245</v>
       </c>
       <c r="C194" s="4"/>
     </row>
     <row r="195" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A195" s="12"/>
       <c r="B195" s="17" t="s">
-        <v>362</v>
+        <v>324</v>
       </c>
       <c r="C195" s="12" t="s">
-        <v>363</v>
+        <v>325</v>
       </c>
     </row>
     <row r="196" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A196" s="3"/>
-[...4 lines deleted...]
-        <v>268</v>
+      <c r="A196" s="12"/>
+      <c r="B196" s="17" t="s">
+        <v>415</v>
+      </c>
+      <c r="C196" s="12" t="s">
+        <v>416</v>
       </c>
     </row>
     <row r="197" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A197" s="3"/>
       <c r="B197" s="3" t="s">
-        <v>425</v>
+        <v>246</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>426</v>
+        <v>247</v>
       </c>
     </row>
     <row r="198" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A198" s="1"/>
-[...3 lines deleted...]
-      <c r="C198" s="1"/>
+      <c r="A198" s="3"/>
+      <c r="B198" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="C198" s="3" t="s">
+        <v>376</v>
+      </c>
     </row>
     <row r="199" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A199" s="15"/>
-[...5 lines deleted...]
-      </c>
+      <c r="A199" s="1"/>
+      <c r="B199" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="C199" s="1"/>
     </row>
     <row r="200" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A200" s="15"/>
       <c r="B200" s="15" t="s">
-        <v>427</v>
+        <v>326</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>428</v>
+        <v>327</v>
       </c>
     </row>
     <row r="201" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A201" s="3"/>
-[...1 lines deleted...]
-        <v>246</v>
+      <c r="A201" s="15"/>
+      <c r="B201" s="15" t="s">
+        <v>417</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>271</v>
+        <v>418</v>
       </c>
     </row>
     <row r="202" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A202" s="3"/>
       <c r="B202" s="3" t="s">
-        <v>45</v>
+        <v>419</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>336</v>
+        <v>420</v>
       </c>
     </row>
     <row r="203" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A203" s="3"/>
       <c r="B203" s="3" t="s">
-        <v>366</v>
+        <v>255</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>367</v>
+        <v>147</v>
       </c>
     </row>
     <row r="204" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A204" s="1"/>
-[...3 lines deleted...]
-      <c r="C204" s="1"/>
+      <c r="A204" s="3"/>
+      <c r="B204" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="C204" s="3" t="s">
+        <v>329</v>
+      </c>
     </row>
     <row r="205" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="B205" s="20" t="s">
-[...3 lines deleted...]
-        <v>274</v>
+      <c r="A205" s="3"/>
+      <c r="B205" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="C205" s="3" t="s">
+        <v>422</v>
       </c>
     </row>
     <row r="206" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="B206" s="19" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A206" s="1"/>
+      <c r="B206" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="C206" s="1"/>
     </row>
     <row r="207" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B207" s="20" t="s">
-        <v>429</v>
+        <v>251</v>
       </c>
       <c r="C207" s="20" t="s">
-        <v>416</v>
+        <v>252</v>
       </c>
     </row>
     <row r="208" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="B208" s="20" t="s">
-[...3 lines deleted...]
-        <v>278</v>
+      <c r="B208" s="19" t="s">
+        <v>253</v>
+      </c>
+      <c r="C208" s="19" t="s">
+        <v>254</v>
       </c>
     </row>
     <row r="209" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="B209" s="19" t="s">
-[...3 lines deleted...]
-        <v>368</v>
+      <c r="B209" s="20" t="s">
+        <v>377</v>
+      </c>
+      <c r="C209" s="20" t="s">
+        <v>369</v>
       </c>
     </row>
     <row r="210" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="B210" s="19" t="s">
-[...3 lines deleted...]
-        <v>281</v>
+      <c r="B210" s="20" t="s">
+        <v>255</v>
+      </c>
+      <c r="C210" s="20" t="s">
+        <v>256</v>
       </c>
     </row>
     <row r="211" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B211" s="19" t="s">
-        <v>279</v>
+        <v>232</v>
       </c>
       <c r="C211" s="19" t="s">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="212" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A212" s="1"/>
-[...3 lines deleted...]
-      <c r="C212" s="1"/>
+      <c r="B212" s="19" t="s">
+        <v>378</v>
+      </c>
+      <c r="C212" s="19" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="213" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="B213" s="20" t="s">
-[...3 lines deleted...]
-        <v>284</v>
+      <c r="B213" s="19" t="s">
+        <v>257</v>
+      </c>
+      <c r="C213" s="19" t="s">
+        <v>258</v>
       </c>
     </row>
     <row r="214" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="B214" s="20" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A214" s="1"/>
+      <c r="B214" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="C214" s="1"/>
     </row>
     <row r="215" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A215" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B215" s="20" t="s">
-        <v>285</v>
+        <v>261</v>
       </c>
       <c r="C215" s="20" t="s">
-        <v>286</v>
+        <v>262</v>
       </c>
     </row>
     <row r="216" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A216" s="1"/>
-[...3 lines deleted...]
-      <c r="C216" s="1"/>
+      <c r="B216" s="20" t="s">
+        <v>291</v>
+      </c>
+      <c r="C216" s="20" t="s">
+        <v>379</v>
+      </c>
     </row>
     <row r="217" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A217" t="s">
+        <v>107</v>
+      </c>
       <c r="B217" s="20" t="s">
-        <v>288</v>
+        <v>263</v>
       </c>
       <c r="C217" s="20" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
     </row>
     <row r="218" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A218" t="s">
-[...2 lines deleted...]
-      <c r="B218" s="20" t="s">
+      <c r="A218" s="1"/>
+      <c r="B218" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="C218" s="1"/>
+    </row>
+    <row r="219" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="B219" s="20" t="s">
+        <v>266</v>
+      </c>
+      <c r="C219" s="20" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A220" t="s">
+        <v>380</v>
+      </c>
+      <c r="B220" s="20" t="s">
         <v>45</v>
       </c>
-      <c r="C218" s="20" t="s">
-[...19 lines deleted...]
-      <c r="C220" s="1"/>
+      <c r="C220" s="20" t="s">
+        <v>268</v>
+      </c>
     </row>
     <row r="221" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A221" t="s">
+        <v>380</v>
+      </c>
       <c r="B221" s="20" t="s">
-        <v>292</v>
+        <v>381</v>
       </c>
       <c r="C221" s="20" t="s">
-        <v>293</v>
+        <v>382</v>
       </c>
     </row>
     <row r="222" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="B222" s="20" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A222" s="1"/>
+      <c r="B222" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="C222" s="1"/>
     </row>
     <row r="223" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B223" s="20" t="s">
-        <v>146</v>
+        <v>270</v>
       </c>
       <c r="C223" s="20" t="s">
-        <v>147</v>
+        <v>271</v>
       </c>
     </row>
     <row r="224" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B224" s="20" t="s">
-        <v>45</v>
+        <v>383</v>
       </c>
       <c r="C224" s="20" t="s">
-        <v>294</v>
+        <v>384</v>
       </c>
     </row>
     <row r="225" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B225" s="20" t="s">
-        <v>295</v>
+        <v>140</v>
       </c>
       <c r="C225" s="20" t="s">
-        <v>296</v>
+        <v>141</v>
       </c>
     </row>
     <row r="226" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B226" s="20" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="C226" s="20" t="s">
-        <v>147</v>
+        <v>272</v>
       </c>
     </row>
     <row r="227" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B227" s="20" t="s">
-        <v>297</v>
+        <v>174</v>
       </c>
       <c r="C227" s="20" t="s">
-        <v>298</v>
+        <v>141</v>
       </c>
     </row>
     <row r="228" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A228" s="1"/>
-[...3 lines deleted...]
-      <c r="C228" s="1"/>
+      <c r="B228" s="20" t="s">
+        <v>273</v>
+      </c>
+      <c r="C228" s="20" t="s">
+        <v>274</v>
+      </c>
     </row>
     <row r="229" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A229" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A229" s="1"/>
+      <c r="B229" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="C229" s="1"/>
     </row>
     <row r="230" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A230" t="s">
+        <v>107</v>
+      </c>
       <c r="B230" s="3" t="s">
-        <v>369</v>
+        <v>180</v>
       </c>
       <c r="C230" t="s">
-        <v>370</v>
+        <v>181</v>
       </c>
     </row>
     <row r="231" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A231" s="1"/>
-[...3 lines deleted...]
-      <c r="C231" s="1"/>
+      <c r="B231" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="C231" t="s">
+        <v>331</v>
+      </c>
     </row>
     <row r="232" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="B232" s="20" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A232" s="1"/>
+      <c r="B232" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="C232" s="1"/>
     </row>
     <row r="233" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B233" s="20" t="s">
-        <v>303</v>
+        <v>277</v>
       </c>
       <c r="C233" s="20" t="s">
-        <v>304</v>
+        <v>278</v>
       </c>
     </row>
     <row r="234" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B234" s="20" t="s">
-        <v>305</v>
+        <v>279</v>
       </c>
       <c r="C234" s="20" t="s">
-        <v>306</v>
+        <v>280</v>
       </c>
     </row>
     <row r="235" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B235" s="20" t="s">
-        <v>437</v>
+        <v>385</v>
       </c>
       <c r="C235" s="20" t="s">
-        <v>438</v>
+        <v>386</v>
       </c>
     </row>
     <row r="236" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B236" s="20" t="s">
-        <v>228</v>
+        <v>215</v>
       </c>
       <c r="C236" s="20" t="s">
-        <v>307</v>
+        <v>281</v>
       </c>
     </row>
     <row r="237" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B237" s="20" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="C237" s="20" t="s">
-        <v>308</v>
+        <v>282</v>
       </c>
     </row>
     <row r="238" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B238" s="20" t="s">
-        <v>309</v>
+        <v>283</v>
       </c>
       <c r="C238" s="20" t="s">
-        <v>310</v>
+        <v>284</v>
       </c>
     </row>
     <row r="239" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B239" s="20" t="s">
-        <v>311</v>
+        <v>93</v>
       </c>
       <c r="C239" s="20" t="s">
-        <v>312</v>
+        <v>424</v>
       </c>
     </row>
     <row r="240" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A240" s="1"/>
       <c r="B240" s="2" t="s">
-        <v>313</v>
+        <v>285</v>
       </c>
       <c r="C240" s="1"/>
     </row>
     <row r="241" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B241" s="20" t="s">
-        <v>399</v>
+        <v>356</v>
       </c>
       <c r="C241" s="20" t="s">
-        <v>400</v>
+        <v>357</v>
       </c>
     </row>
     <row r="242" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B242" s="20" t="s">
-        <v>314</v>
+        <v>286</v>
       </c>
       <c r="C242" s="20" t="s">
-        <v>371</v>
+        <v>332</v>
       </c>
     </row>
     <row r="243" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B243" s="20" t="s">
-        <v>315</v>
+        <v>425</v>
       </c>
       <c r="C243" s="20" t="s">
-        <v>316</v>
+        <v>426</v>
       </c>
     </row>
     <row r="244" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B244" s="20" t="s">
-        <v>249</v>
+        <v>427</v>
       </c>
       <c r="C244" s="20" t="s">
-        <v>317</v>
+        <v>428</v>
       </c>
     </row>
     <row r="245" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B245" s="20" t="s">
-        <v>318</v>
+        <v>287</v>
       </c>
       <c r="C245" s="20" t="s">
-        <v>319</v>
+        <v>288</v>
       </c>
     </row>
     <row r="246" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A246" s="1"/>
       <c r="B246" s="2" t="s">
-        <v>320</v>
+        <v>289</v>
       </c>
       <c r="C246" s="1"/>
     </row>
     <row r="247" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B247" s="20" t="s">
-        <v>372</v>
+        <v>333</v>
       </c>
       <c r="C247" s="20" t="s">
-        <v>321</v>
+        <v>290</v>
       </c>
     </row>
     <row r="248" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B248" s="20" t="s">
-        <v>325</v>
+        <v>294</v>
       </c>
       <c r="C248" s="20" t="s">
-        <v>326</v>
+        <v>295</v>
       </c>
     </row>
     <row r="249" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B249" s="20" t="s">
-        <v>373</v>
+        <v>334</v>
       </c>
       <c r="C249" s="20" t="s">
-        <v>375</v>
+        <v>336</v>
       </c>
     </row>
     <row r="250" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A250" s="1"/>
-[...3 lines deleted...]
-      <c r="C250" s="1"/>
+      <c r="B250" s="20" t="s">
+        <v>429</v>
+      </c>
+      <c r="C250" s="20" t="s">
+        <v>430</v>
+      </c>
     </row>
     <row r="251" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A251" s="15" t="s">
-[...6 lines deleted...]
-        <v>334</v>
+      <c r="B251" s="20" t="s">
+        <v>335</v>
+      </c>
+      <c r="C251" s="20" t="s">
+        <v>431</v>
       </c>
     </row>
     <row r="252" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A252" t="s">
-[...6 lines deleted...]
-        <v>440</v>
+      <c r="B252" s="20" t="s">
+        <v>432</v>
+      </c>
+      <c r="C252" s="20" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="253" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="B253" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A253" s="1"/>
+      <c r="B253" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="C253" s="1"/>
     </row>
     <row r="254" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A254" s="15" t="s">
+        <v>107</v>
+      </c>
       <c r="B254" s="15" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-        <v>442</v>
+        <v>300</v>
+      </c>
+      <c r="C254" s="15" t="s">
+        <v>301</v>
       </c>
     </row>
     <row r="255" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B255" s="15" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="C255" t="s">
-        <v>332</v>
+        <v>434</v>
       </c>
     </row>
     <row r="256" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B256" s="15" t="s">
-        <v>444</v>
+        <v>230</v>
       </c>
       <c r="C256" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
     </row>
     <row r="257" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A257" s="1"/>
-[...3 lines deleted...]
-      <c r="C257" s="1"/>
+      <c r="B257" s="15" t="s">
+        <v>387</v>
+      </c>
+      <c r="C257" t="s">
+        <v>388</v>
+      </c>
     </row>
     <row r="258" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="B258" s="20" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A258" s="1"/>
+      <c r="B258" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="C258" s="1"/>
     </row>
     <row r="259" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B259" s="20" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="C259" s="20" t="s">
-        <v>446</v>
+        <v>338</v>
       </c>
     </row>
     <row r="260" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A260" s="1"/>
-[...3 lines deleted...]
-      <c r="C260" s="1"/>
+      <c r="B260" s="20" t="s">
+        <v>333</v>
+      </c>
+      <c r="C260" s="20" t="s">
+        <v>389</v>
+      </c>
     </row>
     <row r="261" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="B261" s="20" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A261" s="1"/>
+      <c r="B261" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="C261" s="1"/>
     </row>
     <row r="262" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="B262" s="21" t="s">
-        <v>343</v>
+      <c r="B262" s="20" t="s">
+        <v>436</v>
       </c>
       <c r="C262" s="20" t="s">
-        <v>344</v>
+        <v>437</v>
       </c>
     </row>
     <row r="263" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="B263" s="20" t="s">
-        <v>339</v>
+      <c r="B263" s="21" t="s">
+        <v>308</v>
       </c>
       <c r="C263" s="20" t="s">
-        <v>340</v>
+        <v>309</v>
       </c>
     </row>
     <row r="264" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B264" s="20" t="s">
-        <v>341</v>
+        <v>304</v>
       </c>
       <c r="C264" s="20" t="s">
-        <v>342</v>
+        <v>305</v>
       </c>
     </row>
     <row r="265" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B265" s="20" t="s">
-        <v>323</v>
+        <v>306</v>
       </c>
       <c r="C265" s="20" t="s">
-        <v>324</v>
+        <v>307</v>
       </c>
     </row>
     <row r="266" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B266" s="20" t="s">
-        <v>327</v>
+        <v>292</v>
       </c>
       <c r="C266" s="20" t="s">
-        <v>328</v>
+        <v>293</v>
       </c>
     </row>
     <row r="267" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="B267" s="20" t="s">
-        <v>447</v>
+        <v>296</v>
       </c>
       <c r="C267" s="20" t="s">
-        <v>448</v>
-      </c>
+        <v>297</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="B268" s="20" t="s">
+        <v>390</v>
+      </c>
+      <c r="C268" s="20" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="B269" s="20"/>
+      <c r="C269" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="B3:C3"/>
   </mergeCells>
   <pageMargins left="0.78749999999999998" right="0.78749999999999998" top="1.05277777777778" bottom="1.05277777777778" header="0.78749999999999998" footer="0.78749999999999998"/>
   <pageSetup paperSize="9" orientation="portrait" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Times New Roman,Standard"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Standard"&amp;12Seite &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">